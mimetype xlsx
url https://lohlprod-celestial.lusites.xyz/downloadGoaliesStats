--- v0 (2025-10-26)
+++ v1 (2026-01-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Goalies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals Against</t>
   </si>
   <si>
     <t>Shut Outs</t>
   </si>
   <si>
@@ -345,50 +345,62 @@
     <t>Bertrand</t>
   </si>
   <si>
     <t>Gordon</t>
   </si>
   <si>
     <t>De Gannes</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>McIntyre</t>
   </si>
   <si>
     <t>Julian</t>
   </si>
   <si>
     <t>Valeri</t>
   </si>
   <si>
     <t>Nelson</t>
   </si>
   <si>
     <t>Silva</t>
+  </si>
+  <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Lean</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>Saraka</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -691,51 +703,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J63"/>
+  <dimension ref="A1:J64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -788,60 +800,60 @@
       </c>
       <c r="I2">
         <v>2.5</v>
       </c>
       <c r="J2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>22</v>
       </c>
       <c r="B3">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="G3">
-        <v>673</v>
+        <v>715</v>
       </c>
       <c r="H3">
         <v>16</v>
       </c>
       <c r="I3">
-        <v>3.14</v>
+        <v>3.22</v>
       </c>
       <c r="J3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>42</v>
       </c>
       <c r="B4">
         <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
         <v>41</v>
       </c>
       <c r="G4">
@@ -945,60 +957,60 @@
       </c>
       <c r="I7">
         <v>4.31</v>
       </c>
       <c r="J7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>141</v>
       </c>
       <c r="B8">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8">
         <v>7</v>
       </c>
       <c r="F8">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G8">
-        <v>451</v>
+        <v>465</v>
       </c>
       <c r="H8">
         <v>6</v>
       </c>
       <c r="I8">
-        <v>3.07</v>
+        <v>3.12</v>
       </c>
       <c r="J8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>142</v>
       </c>
       <c r="B9">
         <v>35</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>7</v>
       </c>
       <c r="F9">
         <v>34</v>
       </c>
       <c r="G9">
@@ -1009,60 +1021,60 @@
       </c>
       <c r="I9">
         <v>3.59</v>
       </c>
       <c r="J9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>160</v>
       </c>
       <c r="B10">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>4</v>
       </c>
       <c r="F10">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="G10">
-        <v>1009</v>
+        <v>1047</v>
       </c>
       <c r="H10">
         <v>15</v>
       </c>
       <c r="I10">
-        <v>3.16</v>
+        <v>3.2</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>162</v>
       </c>
       <c r="B11">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>105</v>
       </c>
       <c r="G11">
@@ -1662,60 +1674,60 @@
       </c>
       <c r="I31">
         <v>4.0</v>
       </c>
       <c r="J31" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32">
         <v>424</v>
       </c>
       <c r="B32">
         <v>31</v>
       </c>
       <c r="C32" t="s">
         <v>70</v>
       </c>
       <c r="D32" t="s">
         <v>71</v>
       </c>
       <c r="E32">
         <v>12</v>
       </c>
       <c r="F32">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="G32">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="H32">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I32">
-        <v>2.32</v>
+        <v>2.31</v>
       </c>
       <c r="J32" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
         <v>444</v>
       </c>
       <c r="B33">
         <v>1</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33" t="s">
         <v>73</v>
       </c>
       <c r="E33">
         <v>12</v>
       </c>
       <c r="F33">
         <v>1</v>
       </c>
       <c r="G33">
@@ -1810,60 +1822,60 @@
       </c>
       <c r="I36">
         <v>3.67</v>
       </c>
       <c r="J36" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37">
         <v>455</v>
       </c>
       <c r="B37">
         <v>1</v>
       </c>
       <c r="C37" t="s">
         <v>41</v>
       </c>
       <c r="D37" t="s">
         <v>42</v>
       </c>
       <c r="E37">
         <v>8</v>
       </c>
       <c r="F37">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="G37">
-        <v>453</v>
+        <v>490</v>
       </c>
       <c r="H37">
         <v>5</v>
       </c>
       <c r="I37">
-        <v>3.74</v>
+        <v>3.8</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
         <v>474</v>
       </c>
       <c r="B38">
         <v>33</v>
       </c>
       <c r="C38" t="s">
         <v>70</v>
       </c>
       <c r="D38" t="s">
         <v>77</v>
       </c>
       <c r="E38">
         <v>9</v>
       </c>
       <c r="F38">
         <v>9</v>
       </c>
       <c r="G38">
@@ -2178,57 +2190,57 @@
       </c>
       <c r="I49">
         <v>4.0</v>
       </c>
       <c r="J49" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50">
         <v>552</v>
       </c>
       <c r="B50">
         <v>31</v>
       </c>
       <c r="C50" t="s">
         <v>92</v>
       </c>
       <c r="D50" t="s">
         <v>93</v>
       </c>
       <c r="E50">
         <v>12</v>
       </c>
       <c r="F50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G50">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I50">
-        <v>3.0</v>
+        <v>2.5</v>
       </c>
       <c r="J50" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51">
         <v>553</v>
       </c>
       <c r="C51" t="s">
         <v>83</v>
       </c>
       <c r="D51" t="s">
         <v>91</v>
       </c>
       <c r="E51">
         <v>8</v>
       </c>
       <c r="F51">
         <v>1</v>
       </c>
       <c r="G51">
         <v>6</v>
       </c>
       <c r="I51">
@@ -2317,121 +2329,121 @@
       </c>
       <c r="I54">
         <v>6.5</v>
       </c>
       <c r="J54" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55">
         <v>611</v>
       </c>
       <c r="B55">
         <v>50</v>
       </c>
       <c r="C55" t="s">
         <v>96</v>
       </c>
       <c r="D55" t="s">
         <v>97</v>
       </c>
       <c r="E55">
         <v>16</v>
       </c>
       <c r="F55">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G55">
-        <v>125</v>
+        <v>138</v>
       </c>
       <c r="H55">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I55">
-        <v>2.08</v>
+        <v>2.03</v>
       </c>
       <c r="J55" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56">
         <v>627</v>
       </c>
       <c r="B56">
         <v>40</v>
       </c>
       <c r="C56" t="s">
         <v>99</v>
       </c>
       <c r="D56" t="s">
         <v>100</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="G56">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="H56">
         <v>9</v>
       </c>
       <c r="I56">
-        <v>2.08</v>
+        <v>2.06</v>
       </c>
       <c r="J56" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57">
         <v>648</v>
       </c>
       <c r="C57" t="s">
         <v>101</v>
       </c>
       <c r="D57" t="s">
         <v>102</v>
       </c>
       <c r="E57">
         <v>5</v>
       </c>
       <c r="F57">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="G57">
-        <v>218</v>
+        <v>252</v>
       </c>
       <c r="H57">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I57">
-        <v>4.36</v>
+        <v>4.34</v>
       </c>
       <c r="J57" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
         <v>669</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>14</v>
       </c>
       <c r="E58">
         <v>8</v>
       </c>
       <c r="F58">
         <v>2</v>
       </c>
       <c r="G58">
         <v>8</v>
       </c>
       <c r="I58">
@@ -2537,75 +2549,101 @@
       </c>
       <c r="D62" t="s">
         <v>110</v>
       </c>
       <c r="E62">
         <v>12</v>
       </c>
       <c r="F62">
         <v>6</v>
       </c>
       <c r="G62">
         <v>17</v>
       </c>
       <c r="H62">
         <v>1</v>
       </c>
       <c r="I62">
         <v>2.83</v>
       </c>
       <c r="J62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63">
-        <v>739</v>
+        <v>732</v>
+      </c>
+      <c r="B63">
+        <v>30</v>
       </c>
       <c r="C63" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D63" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E63">
+        <v>7</v>
+      </c>
+      <c r="F63">
+        <v>5</v>
+      </c>
+      <c r="G63">
+        <v>21</v>
+      </c>
+      <c r="I63">
+        <v>4.2</v>
+      </c>
+      <c r="J63" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64">
+        <v>743</v>
+      </c>
+      <c r="C64" t="s">
+        <v>113</v>
+      </c>
+      <c r="D64" t="s">
+        <v>114</v>
+      </c>
+      <c r="E64">
+        <v>7</v>
+      </c>
+      <c r="F64">
+        <v>1</v>
+      </c>
+      <c r="G64">
         <v>12</v>
       </c>
-      <c r="F63">
-[...12 lines deleted...]
-        <v>72</v>
+      <c r="I64">
+        <v>12.0</v>
+      </c>
+      <c r="J64" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">