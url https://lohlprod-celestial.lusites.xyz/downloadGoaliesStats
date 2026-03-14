--- v1 (2026-01-03)
+++ v2 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Goalies" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals Against</t>
   </si>
   <si>
     <t>Shut Outs</t>
   </si>
   <si>
@@ -315,50 +315,56 @@
     <t>Jay</t>
   </si>
   <si>
     <t>Bistonath</t>
   </si>
   <si>
     <t>Caddell</t>
   </si>
   <si>
     <t>Giroux</t>
   </si>
   <si>
     <t>Charles</t>
   </si>
   <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Fireball Dragons</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>Radley</t>
+  </si>
+  <si>
+    <t>Larry</t>
+  </si>
+  <si>
+    <t>Bradley</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
     <t>Bertrand</t>
   </si>
   <si>
     <t>Gordon</t>
   </si>
   <si>
     <t>De Gannes</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>McIntyre</t>
   </si>
   <si>
     <t>Julian</t>
   </si>
   <si>
     <t>Valeri</t>
   </si>
@@ -703,51 +709,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J64"/>
+  <dimension ref="A1:J65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -800,60 +806,60 @@
       </c>
       <c r="I2">
         <v>2.5</v>
       </c>
       <c r="J2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>22</v>
       </c>
       <c r="B3">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="G3">
-        <v>715</v>
+        <v>767</v>
       </c>
       <c r="H3">
         <v>16</v>
       </c>
       <c r="I3">
-        <v>3.22</v>
+        <v>3.31</v>
       </c>
       <c r="J3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>42</v>
       </c>
       <c r="B4">
         <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
         <v>41</v>
       </c>
       <c r="G4">
@@ -957,60 +963,60 @@
       </c>
       <c r="I7">
         <v>4.31</v>
       </c>
       <c r="J7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>141</v>
       </c>
       <c r="B8">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8">
         <v>7</v>
       </c>
       <c r="F8">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="G8">
-        <v>465</v>
+        <v>499</v>
       </c>
       <c r="H8">
         <v>6</v>
       </c>
       <c r="I8">
-        <v>3.12</v>
+        <v>3.2</v>
       </c>
       <c r="J8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>142</v>
       </c>
       <c r="B9">
         <v>35</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>7</v>
       </c>
       <c r="F9">
         <v>34</v>
       </c>
       <c r="G9">
@@ -1021,60 +1027,60 @@
       </c>
       <c r="I9">
         <v>3.59</v>
       </c>
       <c r="J9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>160</v>
       </c>
       <c r="B10">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>4</v>
       </c>
       <c r="F10">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="G10">
-        <v>1047</v>
+        <v>1088</v>
       </c>
       <c r="H10">
         <v>15</v>
       </c>
       <c r="I10">
-        <v>3.2</v>
+        <v>3.23</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>162</v>
       </c>
       <c r="B11">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>105</v>
       </c>
       <c r="G11">
@@ -1674,60 +1680,60 @@
       </c>
       <c r="I31">
         <v>4.0</v>
       </c>
       <c r="J31" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32">
         <v>424</v>
       </c>
       <c r="B32">
         <v>31</v>
       </c>
       <c r="C32" t="s">
         <v>70</v>
       </c>
       <c r="D32" t="s">
         <v>71</v>
       </c>
       <c r="E32">
         <v>12</v>
       </c>
       <c r="F32">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G32">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="H32">
         <v>15</v>
       </c>
       <c r="I32">
-        <v>2.31</v>
+        <v>2.36</v>
       </c>
       <c r="J32" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
         <v>444</v>
       </c>
       <c r="B33">
         <v>1</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33" t="s">
         <v>73</v>
       </c>
       <c r="E33">
         <v>12</v>
       </c>
       <c r="F33">
         <v>1</v>
       </c>
       <c r="G33">
@@ -1822,60 +1828,60 @@
       </c>
       <c r="I36">
         <v>3.67</v>
       </c>
       <c r="J36" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37">
         <v>455</v>
       </c>
       <c r="B37">
         <v>1</v>
       </c>
       <c r="C37" t="s">
         <v>41</v>
       </c>
       <c r="D37" t="s">
         <v>42</v>
       </c>
       <c r="E37">
         <v>8</v>
       </c>
       <c r="F37">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="G37">
-        <v>490</v>
+        <v>523</v>
       </c>
       <c r="H37">
         <v>5</v>
       </c>
       <c r="I37">
-        <v>3.8</v>
+        <v>3.79</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
         <v>474</v>
       </c>
       <c r="B38">
         <v>33</v>
       </c>
       <c r="C38" t="s">
         <v>70</v>
       </c>
       <c r="D38" t="s">
         <v>77</v>
       </c>
       <c r="E38">
         <v>9</v>
       </c>
       <c r="F38">
         <v>9</v>
       </c>
       <c r="G38">
@@ -2190,57 +2196,57 @@
       </c>
       <c r="I49">
         <v>4.0</v>
       </c>
       <c r="J49" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50">
         <v>552</v>
       </c>
       <c r="B50">
         <v>31</v>
       </c>
       <c r="C50" t="s">
         <v>92</v>
       </c>
       <c r="D50" t="s">
         <v>93</v>
       </c>
       <c r="E50">
         <v>12</v>
       </c>
       <c r="F50">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G50">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I50">
-        <v>2.5</v>
+        <v>3.0</v>
       </c>
       <c r="J50" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51">
         <v>553</v>
       </c>
       <c r="C51" t="s">
         <v>83</v>
       </c>
       <c r="D51" t="s">
         <v>91</v>
       </c>
       <c r="E51">
         <v>8</v>
       </c>
       <c r="F51">
         <v>1</v>
       </c>
       <c r="G51">
         <v>6</v>
       </c>
       <c r="I51">
@@ -2329,321 +2335,350 @@
       </c>
       <c r="I54">
         <v>6.5</v>
       </c>
       <c r="J54" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55">
         <v>611</v>
       </c>
       <c r="B55">
         <v>50</v>
       </c>
       <c r="C55" t="s">
         <v>96</v>
       </c>
       <c r="D55" t="s">
         <v>97</v>
       </c>
       <c r="E55">
         <v>16</v>
       </c>
       <c r="F55">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="G55">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="H55">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I55">
-        <v>2.03</v>
+        <v>1.96</v>
       </c>
       <c r="J55" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56">
         <v>627</v>
       </c>
       <c r="B56">
         <v>40</v>
       </c>
       <c r="C56" t="s">
         <v>99</v>
       </c>
       <c r="D56" t="s">
         <v>100</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="G56">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="H56">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I56">
-        <v>2.06</v>
+        <v>2.0</v>
       </c>
       <c r="J56" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57">
-        <v>648</v>
+        <v>629</v>
       </c>
       <c r="C57" t="s">
         <v>101</v>
       </c>
       <c r="D57" t="s">
         <v>102</v>
       </c>
       <c r="E57">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F57">
-        <v>58</v>
+        <v>2</v>
       </c>
       <c r="G57">
-        <v>252</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I57">
-        <v>4.34</v>
+        <v>1.5</v>
       </c>
       <c r="J57" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="C58" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="D58" t="s">
-        <v>14</v>
+        <v>104</v>
       </c>
       <c r="E58">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F58">
-        <v>2</v>
+        <v>68</v>
       </c>
       <c r="G58">
-        <v>8</v>
+        <v>285</v>
+      </c>
+      <c r="H58">
+        <v>4</v>
       </c>
       <c r="I58">
-        <v>4.0</v>
+        <v>4.19</v>
       </c>
       <c r="J58" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59">
-        <v>670</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>669</v>
       </c>
       <c r="C59" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="D59" t="s">
-        <v>104</v>
+        <v>14</v>
       </c>
       <c r="E59">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F59">
         <v>2</v>
       </c>
       <c r="G59">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I59">
-        <v>3.5</v>
+        <v>4.0</v>
       </c>
       <c r="J59" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60">
-        <v>693</v>
+        <v>670</v>
+      </c>
+      <c r="B60">
+        <v>35</v>
       </c>
       <c r="C60" t="s">
         <v>105</v>
       </c>
       <c r="D60" t="s">
         <v>106</v>
       </c>
       <c r="E60">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G60">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I60">
-        <v>2.0</v>
+        <v>3.5</v>
       </c>
       <c r="J60" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61">
-        <v>704</v>
+        <v>693</v>
       </c>
       <c r="C61" t="s">
         <v>107</v>
       </c>
       <c r="D61" t="s">
         <v>108</v>
       </c>
       <c r="E61">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F61">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G61">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="H61">
+        <v>1</v>
       </c>
       <c r="I61">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="J61" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>704</v>
       </c>
       <c r="C62" t="s">
         <v>109</v>
       </c>
       <c r="D62" t="s">
         <v>110</v>
       </c>
       <c r="E62">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F62">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G62">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I62">
-        <v>2.83</v>
+        <v>3.0</v>
       </c>
       <c r="J62" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63">
-        <v>732</v>
+        <v>716</v>
       </c>
       <c r="B63">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="C63" t="s">
         <v>111</v>
       </c>
       <c r="D63" t="s">
         <v>112</v>
       </c>
       <c r="E63">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F63">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G63">
-        <v>21</v>
+        <v>17</v>
+      </c>
+      <c r="H63">
+        <v>1</v>
       </c>
       <c r="I63">
-        <v>4.2</v>
+        <v>2.83</v>
       </c>
       <c r="J63" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64">
-        <v>743</v>
+        <v>732</v>
+      </c>
+      <c r="B64">
+        <v>30</v>
       </c>
       <c r="C64" t="s">
         <v>113</v>
       </c>
       <c r="D64" t="s">
         <v>114</v>
       </c>
       <c r="E64">
         <v>7</v>
       </c>
       <c r="F64">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G64">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="I64">
-        <v>12.0</v>
+        <v>3.88</v>
       </c>
       <c r="J64" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65">
+        <v>746</v>
+      </c>
+      <c r="C65" t="s">
+        <v>115</v>
+      </c>
+      <c r="D65" t="s">
+        <v>116</v>
+      </c>
+      <c r="E65">
+        <v>12</v>
+      </c>
+      <c r="F65">
+        <v>4</v>
+      </c>
+      <c r="G65">
+        <v>9</v>
+      </c>
+      <c r="H65">
+        <v>1</v>
+      </c>
+      <c r="I65">
+        <v>2.25</v>
+      </c>
+      <c r="J65" t="s">
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">