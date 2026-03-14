--- v0 (2025-10-26)
+++ v1 (2026-03-14)
@@ -12,863 +12,752 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pens" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
-    <t>Lastn Name</t>
+    <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Pims</t>
   </si>
   <si>
     <t>Pen Instances</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
+    <t>Season</t>
+  </si>
+  <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>Travis</t>
   </si>
   <si>
-    <t>In Active</t>
-[...8 lines deleted...]
-    <t>{"Blue Goose":6}</t>
+    <t>Blue Goose</t>
+  </si>
+  <si>
+    <t>Winter 2025-26 Playoffs</t>
   </si>
   <si>
     <t>Mike</t>
   </si>
   <si>
     <t>MacMillan</t>
   </si>
   <si>
     <t>Murray</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Barry</t>
   </si>
   <si>
     <t>Boettcher</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
   <si>
     <t>McCharles</t>
   </si>
   <si>
-    <t>Parise</t>
-[...4 lines deleted...]
-  <si>
     <t>Warren</t>
   </si>
   <si>
     <t>Nazareth</t>
   </si>
   <si>
+    <t>Mimico Creaks</t>
+  </si>
+  <si>
     <t>Tim</t>
   </si>
   <si>
     <t>Lang</t>
   </si>
   <si>
     <t>Chris</t>
   </si>
   <si>
     <t>Romanick</t>
   </si>
   <si>
     <t>Brian</t>
   </si>
   <si>
     <t>Booth</t>
   </si>
   <si>
-    <t>Rob</t>
-[...4 lines deleted...]
-  <si>
     <t>Craig</t>
   </si>
   <si>
     <t>Stadig</t>
   </si>
   <si>
-    <t>Summer 2018 Playoffs</t>
-[...1 lines deleted...]
-  <si>
     <t>John</t>
   </si>
   <si>
     <t>Zarand</t>
   </si>
   <si>
     <t>Jeff</t>
   </si>
   <si>
     <t>Weir</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Marshall</t>
   </si>
   <si>
-    <t>{"Mimico Old Boys":8}</t>
+    <t>Mimico Old Boys</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Stiles</t>
   </si>
   <si>
-    <t>Summer 2019 Playoffs</t>
-[...1 lines deleted...]
-  <si>
     <t>Sharpe</t>
   </si>
   <si>
     <t>Mak</t>
   </si>
   <si>
     <t>Vilip</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>Johnson</t>
   </si>
   <si>
     <t>Terry</t>
   </si>
   <si>
     <t>Durette</t>
   </si>
   <si>
+    <t>Ken</t>
+  </si>
+  <si>
+    <t>Graydon</t>
+  </si>
+  <si>
+    <t>Blair</t>
+  </si>
+  <si>
+    <t>Cameron</t>
+  </si>
+  <si>
+    <t>Shawn</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Coon</t>
+  </si>
+  <si>
+    <t>Szarka</t>
+  </si>
+  <si>
+    <t>Juilian</t>
+  </si>
+  <si>
+    <t>Deschatelets</t>
+  </si>
+  <si>
+    <t>Brent</t>
+  </si>
+  <si>
+    <t>Harris</t>
+  </si>
+  <si>
+    <t>Fossils</t>
+  </si>
+  <si>
+    <t>Bulley</t>
+  </si>
+  <si>
+    <t>Jim</t>
+  </si>
+  <si>
+    <t>Henderson</t>
+  </si>
+  <si>
+    <t>Hugh</t>
+  </si>
+  <si>
+    <t>Drennan</t>
+  </si>
+  <si>
+    <t>Brad</t>
+  </si>
+  <si>
+    <t>Buchanan</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Campbell</t>
+  </si>
+  <si>
+    <t>Darrin</t>
+  </si>
+  <si>
+    <t>Riemer</t>
+  </si>
+  <si>
+    <t>Greg</t>
+  </si>
+  <si>
+    <t>Ellis</t>
+  </si>
+  <si>
+    <t>Etobicoke Wings</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Riopelle</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Lecuyer</t>
+  </si>
+  <si>
+    <t>Kirby</t>
+  </si>
+  <si>
+    <t>Jamie</t>
+  </si>
+  <si>
+    <t>Allan</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>Theodore</t>
+  </si>
+  <si>
+    <t>Linseman</t>
+  </si>
+  <si>
+    <t>Frank</t>
+  </si>
+  <si>
+    <t>Miotto</t>
+  </si>
+  <si>
+    <t>Welsh</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>Land</t>
+  </si>
+  <si>
+    <t>Jay</t>
+  </si>
+  <si>
+    <t>Stenhouse</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Barter</t>
+  </si>
+  <si>
+    <t>McLeod</t>
+  </si>
+  <si>
+    <t>Pat</t>
+  </si>
+  <si>
+    <t>Celik</t>
+  </si>
+  <si>
+    <t>Derek</t>
+  </si>
+  <si>
+    <t>Sweeney</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Meister</t>
+  </si>
+  <si>
+    <t>Radoslav</t>
+  </si>
+  <si>
+    <t>Pencak</t>
+  </si>
+  <si>
+    <t>Weston</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>Crisp</t>
+  </si>
+  <si>
+    <t>Caranci</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Koehler</t>
+  </si>
+  <si>
+    <t>Noble</t>
+  </si>
+  <si>
+    <t>Walter</t>
+  </si>
+  <si>
+    <t>Fantin</t>
+  </si>
+  <si>
+    <t>Al</t>
+  </si>
+  <si>
+    <t>Cooper</t>
+  </si>
+  <si>
+    <t>Jeffery</t>
+  </si>
+  <si>
+    <t>Lulham</t>
+  </si>
+  <si>
+    <t>Blades</t>
+  </si>
+  <si>
+    <t>Clarke</t>
+  </si>
+  <si>
+    <t>Tedesco</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Rogers</t>
+  </si>
+  <si>
+    <t>Tedford</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Gray</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Magee</t>
+  </si>
+  <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Irwin</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Mouratidis</t>
+  </si>
+  <si>
+    <t>Austen</t>
+  </si>
+  <si>
+    <t>MacDonald</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Pomakov</t>
+  </si>
+  <si>
+    <t>Warran</t>
+  </si>
+  <si>
+    <t>Kyle</t>
+  </si>
+  <si>
+    <t>Battiston</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Soderberg</t>
+  </si>
+  <si>
+    <t>Desimone</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Gord</t>
+  </si>
+  <si>
+    <t>Jessop</t>
+  </si>
+  <si>
+    <t>Bert</t>
+  </si>
+  <si>
+    <t>Belvedere</t>
+  </si>
+  <si>
+    <t>Josh</t>
+  </si>
+  <si>
+    <t>Visser</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>Beesley</t>
+  </si>
+  <si>
+    <t>Harvey</t>
+  </si>
+  <si>
+    <t>Olsen</t>
+  </si>
+  <si>
+    <t>Greenshields</t>
+  </si>
+  <si>
+    <t>Sherrard</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Kapshey</t>
+  </si>
+  <si>
+    <t>Bob</t>
+  </si>
+  <si>
+    <t>Greig</t>
+  </si>
+  <si>
+    <t>Love</t>
+  </si>
+  <si>
+    <t>Fireball Dragons</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Dunlop</t>
+  </si>
+  <si>
+    <t>Delano</t>
+  </si>
+  <si>
+    <t>Lorenzo</t>
+  </si>
+  <si>
+    <t>Perozzo</t>
+  </si>
+  <si>
+    <t>Darren</t>
+  </si>
+  <si>
+    <t>Gornall</t>
+  </si>
+  <si>
+    <t>Brady</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Britten</t>
+  </si>
+  <si>
+    <t>Hanlon</t>
+  </si>
+  <si>
+    <t>Spoja</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Walling</t>
+  </si>
+  <si>
+    <t>Thompson</t>
+  </si>
+  <si>
+    <t>Conor</t>
+  </si>
+  <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>Bonello</t>
+  </si>
+  <si>
+    <t>Brandon</t>
+  </si>
+  <si>
+    <t>Cahill</t>
+  </si>
+  <si>
+    <t>Dubbin</t>
+  </si>
+  <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Bojcun</t>
+  </si>
+  <si>
+    <t>Josef</t>
+  </si>
+  <si>
+    <t>Maly</t>
+  </si>
+  <si>
+    <t>Dupree</t>
+  </si>
+  <si>
+    <t>Toli</t>
+  </si>
+  <si>
+    <t>Anastassiou</t>
+  </si>
+  <si>
+    <t>Walton</t>
+  </si>
+  <si>
+    <t>Seckington</t>
+  </si>
+  <si>
+    <t>Noon</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>Dineley</t>
+  </si>
+  <si>
+    <t>Shane</t>
+  </si>
+  <si>
+    <t>Sinclair</t>
+  </si>
+  <si>
+    <t>Evan</t>
+  </si>
+  <si>
+    <t>Delcogliano</t>
+  </si>
+  <si>
+    <t>Connor</t>
+  </si>
+  <si>
+    <t>Donaldson</t>
+  </si>
+  <si>
+    <t>Caetano</t>
+  </si>
+  <si>
+    <t>Nadon</t>
+  </si>
+  <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Paterson</t>
+  </si>
+  <si>
+    <t>Dodson</t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>Nowack</t>
+  </si>
+  <si>
+    <t>Hindle</t>
+  </si>
+  <si>
+    <t>Rick</t>
+  </si>
+  <si>
+    <t>Hahn</t>
+  </si>
+  <si>
+    <t>Justin</t>
+  </si>
+  <si>
+    <t>Necpal</t>
+  </si>
+  <si>
+    <t>Tsoy</t>
+  </si>
+  <si>
+    <t>Robin</t>
+  </si>
+  <si>
+    <t>Chantaz</t>
+  </si>
+  <si>
+    <t>Geoff</t>
+  </si>
+  <si>
+    <t>Wells</t>
+  </si>
+  <si>
+    <t>Joanathan</t>
+  </si>
+  <si>
+    <t>Kay</t>
+  </si>
+  <si>
     <t>Michael</t>
   </si>
   <si>
-    <t>Giacco</t>
-[...607 lines deleted...]
-  <si>
     <t>Maciel</t>
   </si>
   <si>
-    <t>Faria</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
-    <t>Eric</t>
-[...4 lines deleted...]
-  <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
+  </si>
+  <si>
+    <t>Heyland</t>
+  </si>
+  <si>
+    <t>Luckese</t>
+  </si>
+  <si>
+    <t>Willis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1171,6309 +1060,4196 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P147"/>
+  <dimension ref="A1:U131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
+    <col min="13" max="13" width="25" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10" customWidth="true" style="0"/>
+    <col min="15" max="15" width="10" customWidth="true" style="0"/>
+    <col min="16" max="16" width="10" customWidth="true" style="0"/>
+    <col min="17" max="17" width="10" customWidth="true" style="0"/>
+    <col min="18" max="18" width="10" customWidth="true" style="0"/>
+    <col min="19" max="19" width="10" customWidth="true" style="0"/>
+    <col min="20" max="20" width="10" customWidth="true" style="0"/>
+    <col min="21" max="21" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
-    </row>
-    <row r="2" spans="1:16">
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="2" spans="1:21">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="G2" t="s">
+        <v>2</v>
+      </c>
+      <c r="H2">
+        <v>1</v>
+      </c>
+      <c r="I2">
+        <v>1</v>
+      </c>
+      <c r="J2">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+      <c r="K2">
+        <v>3</v>
+      </c>
+      <c r="L2" t="s">
         <v>15</v>
       </c>
-      <c r="I2" t="s">
-[...17 lines deleted...]
-      <c r="P2" t="s">
+      <c r="M2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21">
+      <c r="A3">
+        <v>2</v>
+      </c>
+      <c r="B3">
+        <v>3</v>
+      </c>
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="H3" t="s">
+        <v>3</v>
+      </c>
+      <c r="G3">
+        <v>1</v>
+      </c>
+      <c r="I3">
+        <v>1</v>
+      </c>
+      <c r="L3" t="s">
         <v>15</v>
       </c>
-      <c r="I3" t="s">
-[...15 lines deleted...]
-    <row r="4" spans="1:16">
+      <c r="M3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="H4" t="s">
+        <v>3</v>
+      </c>
+      <c r="J4">
+        <v>4</v>
+      </c>
+      <c r="K4">
+        <v>2</v>
+      </c>
+      <c r="L4" t="s">
         <v>15</v>
       </c>
-      <c r="I4" t="s">
-[...21 lines deleted...]
-    <row r="5" spans="1:16">
+      <c r="M4" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
-        <v>70</v>
-[...4 lines deleted...]
-      <c r="H5" t="s">
+        <v>3</v>
+      </c>
+      <c r="L5" t="s">
         <v>15</v>
       </c>
-      <c r="I5" t="s">
-[...21 lines deleted...]
-    <row r="6" spans="1:16">
+      <c r="M5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="H6" t="s">
+        <v>3</v>
+      </c>
+      <c r="L6" t="s">
         <v>15</v>
       </c>
-      <c r="I6" t="s">
-[...21 lines deleted...]
-    <row r="7" spans="1:16">
+      <c r="M6" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21">
       <c r="A7">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B7">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">
-        <v>65</v>
-[...13 lines deleted...]
-      <c r="P7" t="s">
+        <v>2</v>
+      </c>
+      <c r="G7">
+        <v>1</v>
+      </c>
+      <c r="I7">
+        <v>1</v>
+      </c>
+      <c r="L7" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="8" spans="1:16">
+      <c r="M7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21">
       <c r="A8">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B8">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
-        <v>54</v>
-[...13 lines deleted...]
-      <c r="P8" t="s">
+        <v>2</v>
+      </c>
+      <c r="L8" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="9" spans="1:16">
+      <c r="M8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
       <c r="A9">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B9">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
-        <v>59</v>
-[...13 lines deleted...]
-      <c r="P9" t="s">
+        <v>3</v>
+      </c>
+      <c r="H9">
+        <v>2</v>
+      </c>
+      <c r="I9">
+        <v>2</v>
+      </c>
+      <c r="L9" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="10" spans="1:16">
+      <c r="M9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21">
       <c r="A10">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B10">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
-        <v>62</v>
-[...25 lines deleted...]
-      <c r="P10" t="s">
+        <v>3</v>
+      </c>
+      <c r="L10" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="11" spans="1:16">
+      <c r="M10" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21">
       <c r="A11">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B11">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
-        <v>53</v>
-[...13 lines deleted...]
-      <c r="P11" t="s">
+        <v>2</v>
+      </c>
+      <c r="H11">
+        <v>3</v>
+      </c>
+      <c r="I11">
+        <v>3</v>
+      </c>
+      <c r="L11" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="12" spans="1:16">
+      <c r="M11" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21">
       <c r="A12">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B12">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
-        <v>57</v>
-[...22 lines deleted...]
-      <c r="P12" t="s">
+        <v>3</v>
+      </c>
+      <c r="H12">
+        <v>1</v>
+      </c>
+      <c r="I12">
+        <v>1</v>
+      </c>
+      <c r="L12" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="13" spans="1:16">
+      <c r="M12" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21">
       <c r="A13">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B13">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="H13" t="s">
+        <v>3</v>
+      </c>
+      <c r="L13" t="s">
+        <v>27</v>
+      </c>
+      <c r="M13" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21">
+      <c r="A14">
+        <v>65</v>
+      </c>
+      <c r="B14">
+        <v>44</v>
+      </c>
+      <c r="C14" t="s">
         <v>40</v>
       </c>
-      <c r="I13" t="s">
-[...25 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>41</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14">
+        <v>8</v>
+      </c>
+      <c r="F14">
+        <v>1</v>
+      </c>
+      <c r="G14">
+        <v>1</v>
+      </c>
+      <c r="I14">
+        <v>1</v>
+      </c>
+      <c r="J14">
+        <v>2</v>
+      </c>
+      <c r="K14">
+        <v>1</v>
+      </c>
+      <c r="L14" t="s">
         <v>42</v>
       </c>
-      <c r="E14">
-[...33 lines deleted...]
-    <row r="15" spans="1:16">
+      <c r="M14" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21">
       <c r="A15">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B15">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F15">
-        <v>61</v>
-[...17 lines deleted...]
-    <row r="16" spans="1:16">
+        <v>2</v>
+      </c>
+      <c r="G15">
+        <v>1</v>
+      </c>
+      <c r="I15">
+        <v>1</v>
+      </c>
+      <c r="L15" t="s">
+        <v>42</v>
+      </c>
+      <c r="M15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21">
       <c r="A16">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B16">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="C16" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
-        <v>55</v>
-[...13 lines deleted...]
-      <c r="P16" t="s">
+        <v>3</v>
+      </c>
+      <c r="H16">
+        <v>3</v>
+      </c>
+      <c r="I16">
+        <v>3</v>
+      </c>
+      <c r="L16" t="s">
+        <v>42</v>
+      </c>
+      <c r="M16" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21">
+      <c r="A17">
+        <v>68</v>
+      </c>
+      <c r="B17">
+        <v>8</v>
+      </c>
+      <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
         <v>47</v>
-      </c>
-[...12 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
-        <v>53</v>
-[...17 lines deleted...]
-    <row r="18" spans="1:16">
+        <v>2</v>
+      </c>
+      <c r="L17" t="s">
+        <v>42</v>
+      </c>
+      <c r="M17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21">
       <c r="A18">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G18">
+        <v>1</v>
+      </c>
+      <c r="I18">
+        <v>1</v>
+      </c>
+      <c r="L18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M18" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21">
+      <c r="A19">
+        <v>70</v>
+      </c>
+      <c r="B19">
         <v>14</v>
       </c>
-      <c r="H18" t="s">
+      <c r="C19" t="s">
         <v>50</v>
       </c>
-      <c r="I18" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
-        <v>61</v>
-[...10 lines deleted...]
-      <c r="J19">
+        <v>2</v>
+      </c>
+      <c r="G19">
+        <v>1</v>
+      </c>
+      <c r="H19">
+        <v>3</v>
+      </c>
+      <c r="I19">
+        <v>4</v>
+      </c>
+      <c r="L19" t="s">
+        <v>42</v>
+      </c>
+      <c r="M19" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21">
+      <c r="A20">
+        <v>74</v>
+      </c>
+      <c r="B20">
         <v>5</v>
       </c>
-      <c r="L19">
-[...15 lines deleted...]
-      </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
-        <v>53</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>3</v>
+      </c>
+      <c r="G20">
+        <v>1</v>
+      </c>
+      <c r="I20">
+        <v>1</v>
       </c>
       <c r="J20">
         <v>2</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
-      <c r="L20">
-[...9 lines deleted...]
-    <row r="21" spans="1:16">
+      <c r="L20" t="s">
+        <v>42</v>
+      </c>
+      <c r="M20" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21">
       <c r="A21">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B21">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>62</v>
-[...23 lines deleted...]
-    <row r="22" spans="1:16">
+        <v>2</v>
+      </c>
+      <c r="G21">
+        <v>1</v>
+      </c>
+      <c r="I21">
+        <v>1</v>
+      </c>
+      <c r="L21" t="s">
+        <v>42</v>
+      </c>
+      <c r="M21" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21">
       <c r="A22">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B22">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D22" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
+        <v>3</v>
+      </c>
+      <c r="H22">
+        <v>2</v>
+      </c>
+      <c r="I22">
+        <v>2</v>
+      </c>
+      <c r="J22">
+        <v>4</v>
+      </c>
+      <c r="K22">
+        <v>2</v>
+      </c>
+      <c r="L22" t="s">
+        <v>42</v>
+      </c>
+      <c r="M22" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21">
+      <c r="A23">
+        <v>79</v>
+      </c>
+      <c r="B23">
+        <v>24</v>
+      </c>
+      <c r="C23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" t="s">
         <v>59</v>
-      </c>
-[...24 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
-        <v>52</v>
-[...23 lines deleted...]
-    <row r="24" spans="1:16">
+        <v>3</v>
+      </c>
+      <c r="G23">
+        <v>1</v>
+      </c>
+      <c r="H23">
+        <v>4</v>
+      </c>
+      <c r="I23">
+        <v>5</v>
+      </c>
+      <c r="L23" t="s">
+        <v>42</v>
+      </c>
+      <c r="M23" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21">
       <c r="A24">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="B24">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="C24" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="D24" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
-        <v>53</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="J24">
         <v>4</v>
       </c>
-      <c r="P24" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:16">
+      <c r="K24">
+        <v>2</v>
+      </c>
+      <c r="L24" t="s">
+        <v>42</v>
+      </c>
+      <c r="M24" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21">
       <c r="A25">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="B25">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D25" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="E25">
         <v>8</v>
       </c>
       <c r="F25">
-        <v>55</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>2</v>
+      </c>
+      <c r="G25">
+        <v>1</v>
+      </c>
+      <c r="H25">
+        <v>2</v>
+      </c>
+      <c r="I25">
+        <v>3</v>
       </c>
       <c r="J25">
+        <v>2</v>
+      </c>
+      <c r="K25">
+        <v>1</v>
+      </c>
+      <c r="L25" t="s">
+        <v>42</v>
+      </c>
+      <c r="M25" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21">
+      <c r="A26">
+        <v>130</v>
+      </c>
+      <c r="B26">
+        <v>11</v>
+      </c>
+      <c r="C26" t="s">
+        <v>63</v>
+      </c>
+      <c r="D26" t="s">
+        <v>64</v>
+      </c>
+      <c r="E26">
+        <v>7</v>
+      </c>
+      <c r="F26">
+        <v>1</v>
+      </c>
+      <c r="L26" t="s">
+        <v>65</v>
+      </c>
+      <c r="M26" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21">
+      <c r="A27">
+        <v>134</v>
+      </c>
+      <c r="B27">
+        <v>18</v>
+      </c>
+      <c r="C27" t="s">
+        <v>30</v>
+      </c>
+      <c r="D27" t="s">
+        <v>66</v>
+      </c>
+      <c r="E27">
+        <v>7</v>
+      </c>
+      <c r="F27">
+        <v>3</v>
+      </c>
+      <c r="L27" t="s">
+        <v>65</v>
+      </c>
+      <c r="M27" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21">
+      <c r="A28">
+        <v>135</v>
+      </c>
+      <c r="B28">
         <v>5</v>
       </c>
-      <c r="L25">
-[...22 lines deleted...]
-      <c r="C26" t="s">
+      <c r="C28" t="s">
         <v>67</v>
       </c>
-      <c r="D26" t="s">
+      <c r="D28" t="s">
         <v>68</v>
       </c>
-      <c r="E26">
-[...37 lines deleted...]
-      <c r="D27" t="s">
+      <c r="E28">
+        <v>7</v>
+      </c>
+      <c r="F28">
+        <v>3</v>
+      </c>
+      <c r="L28" t="s">
+        <v>65</v>
+      </c>
+      <c r="M28" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21">
+      <c r="A29">
+        <v>136</v>
+      </c>
+      <c r="B29">
+        <v>20</v>
+      </c>
+      <c r="C29" t="s">
         <v>69</v>
       </c>
-      <c r="E27">
-[...34 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D29" t="s">
         <v>70</v>
-      </c>
-[...42 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
-        <v>52</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>2</v>
+      </c>
+      <c r="H29">
+        <v>2</v>
+      </c>
+      <c r="I29">
+        <v>2</v>
       </c>
       <c r="J29">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K29">
-        <v>2</v>
-[...14 lines deleted...]
-    <row r="30" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="L29" t="s">
+        <v>65</v>
+      </c>
+      <c r="M29" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21">
       <c r="A30">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B30">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C30" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="D30" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="H30" t="s">
+        <v>3</v>
+      </c>
+      <c r="J30">
+        <v>2</v>
+      </c>
+      <c r="K30">
+        <v>1</v>
+      </c>
+      <c r="L30" t="s">
+        <v>65</v>
+      </c>
+      <c r="M30" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:21">
+      <c r="A31">
+        <v>138</v>
+      </c>
+      <c r="B31">
+        <v>22</v>
+      </c>
+      <c r="C31" t="s">
+        <v>73</v>
+      </c>
+      <c r="D31" t="s">
         <v>74</v>
-      </c>
-[...30 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
-        <v>55</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="J31">
-        <v>6</v>
-[...7 lines deleted...]
-      <c r="P31" t="s">
+        <v>2</v>
+      </c>
+      <c r="K31">
+        <v>1</v>
+      </c>
+      <c r="L31" t="s">
+        <v>65</v>
+      </c>
+      <c r="M31" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:21">
+      <c r="A32">
+        <v>139</v>
+      </c>
+      <c r="B32">
+        <v>77</v>
+      </c>
+      <c r="C32" t="s">
         <v>75</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
-        <v>56</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>3</v>
+      </c>
+      <c r="H32">
+        <v>1</v>
+      </c>
+      <c r="I32">
+        <v>1</v>
       </c>
       <c r="J32">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="33" spans="1:16">
+        <v>6</v>
+      </c>
+      <c r="K32">
+        <v>3</v>
+      </c>
+      <c r="L32" t="s">
+        <v>65</v>
+      </c>
+      <c r="M32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:21">
       <c r="A33">
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="B33">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C33" t="s">
+        <v>77</v>
+      </c>
+      <c r="D33" t="s">
+        <v>78</v>
+      </c>
+      <c r="E33">
+        <v>4</v>
+      </c>
+      <c r="F33">
+        <v>1</v>
+      </c>
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="I33">
+        <v>1</v>
+      </c>
+      <c r="L33" t="s">
+        <v>79</v>
+      </c>
+      <c r="M33" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:21">
+      <c r="A34">
+        <v>155</v>
+      </c>
+      <c r="B34">
+        <v>26</v>
+      </c>
+      <c r="C34" t="s">
+        <v>80</v>
+      </c>
+      <c r="D34" t="s">
         <v>81</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E34">
+        <v>4</v>
+      </c>
+      <c r="F34">
+        <v>3</v>
+      </c>
+      <c r="H34">
+        <v>1</v>
+      </c>
+      <c r="I34">
+        <v>1</v>
+      </c>
+      <c r="J34">
+        <v>2</v>
+      </c>
+      <c r="K34">
+        <v>1</v>
+      </c>
+      <c r="L34" t="s">
+        <v>79</v>
+      </c>
+      <c r="M34" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:21">
+      <c r="A35">
+        <v>156</v>
+      </c>
+      <c r="B35">
+        <v>8</v>
+      </c>
+      <c r="C35" t="s">
         <v>82</v>
       </c>
-      <c r="E33">
-[...34 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D35" t="s">
         <v>83</v>
-      </c>
-[...48 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E35">
         <v>4</v>
       </c>
-      <c r="F35">
-[...15 lines deleted...]
-    <row r="36" spans="1:16">
+      <c r="L35" t="s">
+        <v>79</v>
+      </c>
+      <c r="M35" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36" spans="1:21">
       <c r="A36">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="B36">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C36" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="D36" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
-        <v>54</v>
-[...29 lines deleted...]
-    <row r="37" spans="1:16">
+        <v>3</v>
+      </c>
+      <c r="G36">
+        <v>1</v>
+      </c>
+      <c r="I36">
+        <v>1</v>
+      </c>
+      <c r="L36" t="s">
+        <v>79</v>
+      </c>
+      <c r="M36" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="37" spans="1:21">
       <c r="A37">
-        <v>155</v>
+        <v>184</v>
       </c>
       <c r="B37">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C37" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D37" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
-        <v>54</v>
-[...28 lines deleted...]
-      <c r="P37" t="s">
+        <v>3</v>
+      </c>
+      <c r="G37">
+        <v>3</v>
+      </c>
+      <c r="H37">
+        <v>1</v>
+      </c>
+      <c r="I37">
+        <v>4</v>
+      </c>
+      <c r="L37" t="s">
+        <v>79</v>
+      </c>
+      <c r="M37" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:21">
+      <c r="A38">
+        <v>189</v>
+      </c>
+      <c r="B38">
+        <v>16</v>
+      </c>
+      <c r="C38" t="s">
+        <v>87</v>
+      </c>
+      <c r="D38" t="s">
         <v>88</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B38">
+      <c r="E38">
         <v>8</v>
       </c>
-      <c r="C38" t="s">
+      <c r="F38">
+        <v>3</v>
+      </c>
+      <c r="G38">
+        <v>1</v>
+      </c>
+      <c r="H38">
+        <v>3</v>
+      </c>
+      <c r="I38">
+        <v>4</v>
+      </c>
+      <c r="J38">
+        <v>2</v>
+      </c>
+      <c r="K38">
+        <v>1</v>
+      </c>
+      <c r="L38" t="s">
+        <v>42</v>
+      </c>
+      <c r="M38" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="1:21">
+      <c r="A39">
+        <v>192</v>
+      </c>
+      <c r="B39">
+        <v>12</v>
+      </c>
+      <c r="C39" t="s">
+        <v>89</v>
+      </c>
+      <c r="D39" t="s">
+        <v>90</v>
+      </c>
+      <c r="E39">
+        <v>8</v>
+      </c>
+      <c r="F39">
+        <v>3</v>
+      </c>
+      <c r="G39">
+        <v>2</v>
+      </c>
+      <c r="H39">
+        <v>1</v>
+      </c>
+      <c r="I39">
+        <v>3</v>
+      </c>
+      <c r="J39">
+        <v>2</v>
+      </c>
+      <c r="K39">
+        <v>1</v>
+      </c>
+      <c r="L39" t="s">
+        <v>42</v>
+      </c>
+      <c r="M39" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:21">
+      <c r="A40">
+        <v>204</v>
+      </c>
+      <c r="B40">
+        <v>7</v>
+      </c>
+      <c r="C40" t="s">
+        <v>91</v>
+      </c>
+      <c r="D40" t="s">
+        <v>92</v>
+      </c>
+      <c r="E40">
+        <v>7</v>
+      </c>
+      <c r="F40">
+        <v>2</v>
+      </c>
+      <c r="L40" t="s">
+        <v>65</v>
+      </c>
+      <c r="M40" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="41" spans="1:21">
+      <c r="A41">
+        <v>216</v>
+      </c>
+      <c r="B41">
+        <v>13</v>
+      </c>
+      <c r="C41" t="s">
+        <v>28</v>
+      </c>
+      <c r="D41" t="s">
         <v>93</v>
-      </c>
-[...124 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41">
-        <v>55</v>
-[...32 lines deleted...]
-    <row r="42" spans="1:16">
+        <v>2</v>
+      </c>
+      <c r="G41">
+        <v>1</v>
+      </c>
+      <c r="H41">
+        <v>1</v>
+      </c>
+      <c r="I41">
+        <v>2</v>
+      </c>
+      <c r="L41" t="s">
+        <v>42</v>
+      </c>
+      <c r="M41" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:21">
       <c r="A42">
-        <v>192</v>
+        <v>237</v>
       </c>
       <c r="B42">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C42" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="D42" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
-      <c r="F42">
-[...30 lines deleted...]
-    <row r="43" spans="1:16">
+      <c r="L42" t="s">
+        <v>42</v>
+      </c>
+      <c r="M42" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:21">
       <c r="A43">
-        <v>216</v>
+        <v>243</v>
       </c>
       <c r="B43">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C43" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="D43" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="E43">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F43">
-        <v>51</v>
-[...32 lines deleted...]
-    <row r="44" spans="1:16">
+        <v>2</v>
+      </c>
+      <c r="G43">
+        <v>1</v>
+      </c>
+      <c r="I43">
+        <v>1</v>
+      </c>
+      <c r="L43" t="s">
+        <v>27</v>
+      </c>
+      <c r="M43" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:21">
       <c r="A44">
-        <v>237</v>
+        <v>275</v>
       </c>
       <c r="B44">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C44" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D44" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="E44">
         <v>8</v>
       </c>
-      <c r="F44">
-[...27 lines deleted...]
-    <row r="45" spans="1:16">
+      <c r="L44" t="s">
+        <v>42</v>
+      </c>
+      <c r="M44" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="45" spans="1:21">
       <c r="A45">
-        <v>243</v>
+        <v>342</v>
       </c>
       <c r="B45">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C45" t="s">
-        <v>105</v>
+        <v>40</v>
       </c>
       <c r="D45" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="E45">
         <v>5</v>
       </c>
       <c r="F45">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G45" t="s">
+        <v>3</v>
+      </c>
+      <c r="L45" t="s">
+        <v>27</v>
+      </c>
+      <c r="M45" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="46" spans="1:21">
+      <c r="A46">
+        <v>366</v>
+      </c>
+      <c r="B46">
+        <v>16</v>
+      </c>
+      <c r="C46" t="s">
+        <v>101</v>
+      </c>
+      <c r="D46" t="s">
+        <v>102</v>
+      </c>
+      <c r="E46">
+        <v>4</v>
+      </c>
+      <c r="F46">
+        <v>3</v>
+      </c>
+      <c r="L46" t="s">
+        <v>79</v>
+      </c>
+      <c r="M46" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:21">
+      <c r="A47">
+        <v>380</v>
+      </c>
+      <c r="B47">
+        <v>44</v>
+      </c>
+      <c r="C47" t="s">
+        <v>103</v>
+      </c>
+      <c r="D47" t="s">
+        <v>104</v>
+      </c>
+      <c r="E47">
+        <v>6</v>
+      </c>
+      <c r="F47">
+        <v>2</v>
+      </c>
+      <c r="J47">
+        <v>2</v>
+      </c>
+      <c r="K47">
+        <v>1</v>
+      </c>
+      <c r="L47" t="s">
+        <v>15</v>
+      </c>
+      <c r="M47" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:21">
+      <c r="A48">
+        <v>389</v>
+      </c>
+      <c r="B48">
         <v>14</v>
       </c>
-      <c r="H45" t="s">
-[...25 lines deleted...]
-      <c r="C46" t="s">
+      <c r="C48" t="s">
+        <v>105</v>
+      </c>
+      <c r="D48" t="s">
+        <v>106</v>
+      </c>
+      <c r="E48">
+        <v>7</v>
+      </c>
+      <c r="F48">
+        <v>2</v>
+      </c>
+      <c r="L48" t="s">
+        <v>65</v>
+      </c>
+      <c r="M48" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:21">
+      <c r="A49">
+        <v>390</v>
+      </c>
+      <c r="B49">
+        <v>33</v>
+      </c>
+      <c r="C49" t="s">
         <v>107</v>
       </c>
-      <c r="D46" t="s">
+      <c r="D49" t="s">
         <v>108</v>
       </c>
-      <c r="E46">
-[...31 lines deleted...]
-      <c r="B47">
+      <c r="E49">
+        <v>11</v>
+      </c>
+      <c r="F49">
+        <v>3</v>
+      </c>
+      <c r="J49">
+        <v>2</v>
+      </c>
+      <c r="K49">
+        <v>1</v>
+      </c>
+      <c r="L49" t="s">
+        <v>109</v>
+      </c>
+      <c r="M49" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="50" spans="1:21">
+      <c r="A50">
+        <v>391</v>
+      </c>
+      <c r="B50">
+        <v>7</v>
+      </c>
+      <c r="C50" t="s">
+        <v>110</v>
+      </c>
+      <c r="D50" t="s">
+        <v>111</v>
+      </c>
+      <c r="E50">
+        <v>11</v>
+      </c>
+      <c r="F50">
+        <v>3</v>
+      </c>
+      <c r="G50">
+        <v>1</v>
+      </c>
+      <c r="H50">
+        <v>1</v>
+      </c>
+      <c r="I50">
+        <v>2</v>
+      </c>
+      <c r="J50">
+        <v>4</v>
+      </c>
+      <c r="K50">
+        <v>2</v>
+      </c>
+      <c r="L50" t="s">
+        <v>109</v>
+      </c>
+      <c r="M50" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="51" spans="1:21">
+      <c r="A51">
+        <v>393</v>
+      </c>
+      <c r="B51">
+        <v>96</v>
+      </c>
+      <c r="C51" t="s">
         <v>17</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D51" t="s">
+        <v>112</v>
+      </c>
+      <c r="E51">
+        <v>11</v>
+      </c>
+      <c r="F51">
+        <v>3</v>
+      </c>
+      <c r="G51">
+        <v>2</v>
+      </c>
+      <c r="H51">
+        <v>1</v>
+      </c>
+      <c r="I51">
+        <v>3</v>
+      </c>
+      <c r="L51" t="s">
+        <v>109</v>
+      </c>
+      <c r="M51" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:21">
+      <c r="A52">
+        <v>395</v>
+      </c>
+      <c r="B52">
+        <v>20</v>
+      </c>
+      <c r="C52" t="s">
+        <v>113</v>
+      </c>
+      <c r="D52" t="s">
+        <v>114</v>
+      </c>
+      <c r="E52">
+        <v>11</v>
+      </c>
+      <c r="F52">
+        <v>3</v>
+      </c>
+      <c r="G52">
+        <v>1</v>
+      </c>
+      <c r="H52">
+        <v>2</v>
+      </c>
+      <c r="I52">
+        <v>3</v>
+      </c>
+      <c r="L52" t="s">
+        <v>109</v>
+      </c>
+      <c r="M52" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="1:21">
+      <c r="A53">
+        <v>396</v>
+      </c>
+      <c r="B53">
         <v>45</v>
       </c>
-      <c r="D47" t="s">
-[...116 lines deleted...]
-      <c r="C50" t="s">
+      <c r="C53" t="s">
+        <v>56</v>
+      </c>
+      <c r="D53" t="s">
         <v>115</v>
-      </c>
-[...118 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
-        <v>51</v>
-[...32 lines deleted...]
-    <row r="54" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="H53">
+        <v>1</v>
+      </c>
+      <c r="I53">
+        <v>1</v>
+      </c>
+      <c r="L53" t="s">
+        <v>109</v>
+      </c>
+      <c r="M53" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21">
       <c r="A54">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="B54">
-        <v>7</v>
+        <v>88</v>
       </c>
       <c r="C54" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="D54" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
-        <v>55</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="J54">
-        <v>5</v>
-[...11 lines deleted...]
-    <row r="55" spans="1:16">
+        <v>2</v>
+      </c>
+      <c r="K54">
+        <v>1</v>
+      </c>
+      <c r="L54" t="s">
+        <v>109</v>
+      </c>
+      <c r="M54" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="55" spans="1:21">
       <c r="A55">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="B55">
-        <v>96</v>
+        <v>19</v>
       </c>
       <c r="C55" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="D55" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="G55" t="s">
+        <v>2</v>
+      </c>
+      <c r="H55">
+        <v>2</v>
+      </c>
+      <c r="I55">
+        <v>2</v>
+      </c>
+      <c r="L55" t="s">
+        <v>109</v>
+      </c>
+      <c r="M55" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:21">
+      <c r="A56">
+        <v>414</v>
+      </c>
+      <c r="B56">
+        <v>7</v>
+      </c>
+      <c r="C56" t="s">
+        <v>120</v>
+      </c>
+      <c r="D56" t="s">
+        <v>121</v>
+      </c>
+      <c r="E56">
+        <v>12</v>
+      </c>
+      <c r="F56">
+        <v>3</v>
+      </c>
+      <c r="L56" t="s">
+        <v>122</v>
+      </c>
+      <c r="M56" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="57" spans="1:21">
+      <c r="A57">
+        <v>416</v>
+      </c>
+      <c r="B57">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>123</v>
+      </c>
+      <c r="D57" t="s">
+        <v>124</v>
+      </c>
+      <c r="E57">
+        <v>12</v>
+      </c>
+      <c r="F57">
+        <v>2</v>
+      </c>
+      <c r="G57">
+        <v>1</v>
+      </c>
+      <c r="I57">
+        <v>1</v>
+      </c>
+      <c r="L57" t="s">
+        <v>122</v>
+      </c>
+      <c r="M57" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="58" spans="1:21">
+      <c r="A58">
+        <v>417</v>
+      </c>
+      <c r="B58">
+        <v>10</v>
+      </c>
+      <c r="C58" t="s">
+        <v>125</v>
+      </c>
+      <c r="D58" t="s">
+        <v>126</v>
+      </c>
+      <c r="E58">
+        <v>12</v>
+      </c>
+      <c r="F58">
+        <v>2</v>
+      </c>
+      <c r="H58">
+        <v>1</v>
+      </c>
+      <c r="I58">
+        <v>1</v>
+      </c>
+      <c r="L58" t="s">
+        <v>122</v>
+      </c>
+      <c r="M58" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="59" spans="1:21">
+      <c r="A59">
+        <v>420</v>
+      </c>
+      <c r="B59">
+        <v>25</v>
+      </c>
+      <c r="C59" t="s">
+        <v>34</v>
+      </c>
+      <c r="D59" t="s">
+        <v>127</v>
+      </c>
+      <c r="E59">
+        <v>12</v>
+      </c>
+      <c r="F59">
+        <v>2</v>
+      </c>
+      <c r="L59" t="s">
+        <v>122</v>
+      </c>
+      <c r="M59" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="60" spans="1:21">
+      <c r="A60">
+        <v>421</v>
+      </c>
+      <c r="B60">
         <v>14</v>
       </c>
-      <c r="H55" t="s">
-[...34 lines deleted...]
-      <c r="C56" t="s">
+      <c r="C60" t="s">
         <v>128</v>
       </c>
-      <c r="D56" t="s">
+      <c r="D60" t="s">
         <v>129</v>
       </c>
-      <c r="E56">
-[...40 lines deleted...]
-      <c r="D57" t="s">
+      <c r="E60">
+        <v>12</v>
+      </c>
+      <c r="F60">
+        <v>2</v>
+      </c>
+      <c r="L60" t="s">
+        <v>122</v>
+      </c>
+      <c r="M60" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="61" spans="1:21">
+      <c r="A61">
+        <v>422</v>
+      </c>
+      <c r="B61">
+        <v>15</v>
+      </c>
+      <c r="C61" t="s">
         <v>130</v>
       </c>
-      <c r="E57">
-[...34 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D61" t="s">
         <v>131</v>
-      </c>
-[...127 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
-        <v>43</v>
-[...23 lines deleted...]
-    <row r="62" spans="1:16">
+        <v>2</v>
+      </c>
+      <c r="L61" t="s">
+        <v>122</v>
+      </c>
+      <c r="M61" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:21">
       <c r="A62">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="B62">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="C62" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="D62" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="E62">
         <v>12</v>
       </c>
       <c r="F62">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G62" t="s">
+        <v>3</v>
+      </c>
+      <c r="G62">
+        <v>1</v>
+      </c>
+      <c r="I62">
+        <v>1</v>
+      </c>
+      <c r="L62" t="s">
+        <v>122</v>
+      </c>
+      <c r="M62" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="63" spans="1:21">
+      <c r="A63">
+        <v>426</v>
+      </c>
+      <c r="B63">
+        <v>91</v>
+      </c>
+      <c r="C63" t="s">
+        <v>17</v>
+      </c>
+      <c r="D63" t="s">
+        <v>134</v>
+      </c>
+      <c r="E63">
+        <v>6</v>
+      </c>
+      <c r="F63">
+        <v>3</v>
+      </c>
+      <c r="G63">
+        <v>3</v>
+      </c>
+      <c r="H63">
+        <v>1</v>
+      </c>
+      <c r="I63">
+        <v>4</v>
+      </c>
+      <c r="L63" t="s">
+        <v>15</v>
+      </c>
+      <c r="M63" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="64" spans="1:21">
+      <c r="A64">
+        <v>428</v>
+      </c>
+      <c r="B64">
         <v>14</v>
       </c>
-      <c r="H62" t="s">
-[...8 lines deleted...]
-      <c r="K62">
+      <c r="C64" t="s">
+        <v>135</v>
+      </c>
+      <c r="D64" t="s">
+        <v>136</v>
+      </c>
+      <c r="E64">
+        <v>11</v>
+      </c>
+      <c r="F64">
+        <v>3</v>
+      </c>
+      <c r="G64">
+        <v>2</v>
+      </c>
+      <c r="H64">
         <v>4</v>
       </c>
-      <c r="L62">
-[...100 lines deleted...]
-    <row r="65" spans="1:16">
+      <c r="I64">
+        <v>6</v>
+      </c>
+      <c r="L64" t="s">
+        <v>109</v>
+      </c>
+      <c r="M64" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="65" spans="1:21">
       <c r="A65">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="B65">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="C65" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D65" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="E65">
         <v>12</v>
       </c>
       <c r="F65">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="H65" t="s">
+        <v>3</v>
+      </c>
+      <c r="L65" t="s">
+        <v>122</v>
+      </c>
+      <c r="M65" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="66" spans="1:21">
+      <c r="A66">
+        <v>435</v>
+      </c>
+      <c r="B66">
+        <v>10</v>
+      </c>
+      <c r="C66" t="s">
+        <v>103</v>
+      </c>
+      <c r="D66" t="s">
+        <v>138</v>
+      </c>
+      <c r="E66">
+        <v>11</v>
+      </c>
+      <c r="F66">
+        <v>2</v>
+      </c>
+      <c r="G66">
+        <v>1</v>
+      </c>
+      <c r="H66">
+        <v>2</v>
+      </c>
+      <c r="I66">
+        <v>3</v>
+      </c>
+      <c r="L66" t="s">
+        <v>109</v>
+      </c>
+      <c r="M66" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="67" spans="1:21">
+      <c r="A67">
+        <v>454</v>
+      </c>
+      <c r="B67">
+        <v>6</v>
+      </c>
+      <c r="C67" t="s">
         <v>139</v>
       </c>
-      <c r="I65" t="s">
-[...20 lines deleted...]
-      <c r="P65" t="s">
+      <c r="D67" t="s">
         <v>140</v>
-      </c>
-[...53 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67">
-        <v>44</v>
-[...23 lines deleted...]
-    <row r="68" spans="1:16">
+        <v>2</v>
+      </c>
+      <c r="L67" t="s">
+        <v>122</v>
+      </c>
+      <c r="M67" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="68" spans="1:21">
       <c r="A68">
-        <v>423</v>
+        <v>457</v>
       </c>
       <c r="B68">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="C68" t="s">
+        <v>110</v>
+      </c>
+      <c r="D68" t="s">
+        <v>141</v>
+      </c>
+      <c r="E68">
+        <v>5</v>
+      </c>
+      <c r="F68">
+        <v>3</v>
+      </c>
+      <c r="H68">
+        <v>1</v>
+      </c>
+      <c r="I68">
+        <v>1</v>
+      </c>
+      <c r="L68" t="s">
+        <v>27</v>
+      </c>
+      <c r="M68" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="69" spans="1:21">
+      <c r="A69">
+        <v>460</v>
+      </c>
+      <c r="B69">
+        <v>2</v>
+      </c>
+      <c r="C69" t="s">
+        <v>142</v>
+      </c>
+      <c r="D69" t="s">
+        <v>143</v>
+      </c>
+      <c r="E69">
+        <v>4</v>
+      </c>
+      <c r="F69">
+        <v>2</v>
+      </c>
+      <c r="G69">
+        <v>1</v>
+      </c>
+      <c r="I69">
+        <v>1</v>
+      </c>
+      <c r="L69" t="s">
+        <v>79</v>
+      </c>
+      <c r="M69" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="70" spans="1:21">
+      <c r="A70">
+        <v>462</v>
+      </c>
+      <c r="B70">
+        <v>4</v>
+      </c>
+      <c r="C70" t="s">
+        <v>144</v>
+      </c>
+      <c r="D70" t="s">
+        <v>145</v>
+      </c>
+      <c r="E70">
+        <v>4</v>
+      </c>
+      <c r="F70">
+        <v>3</v>
+      </c>
+      <c r="G70">
+        <v>1</v>
+      </c>
+      <c r="H70">
+        <v>3</v>
+      </c>
+      <c r="I70">
+        <v>4</v>
+      </c>
+      <c r="J70">
+        <v>2</v>
+      </c>
+      <c r="K70">
+        <v>1</v>
+      </c>
+      <c r="L70" t="s">
+        <v>79</v>
+      </c>
+      <c r="M70" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="71" spans="1:21">
+      <c r="A71">
+        <v>463</v>
+      </c>
+      <c r="B71">
+        <v>15</v>
+      </c>
+      <c r="C71" t="s">
+        <v>80</v>
+      </c>
+      <c r="D71" t="s">
+        <v>146</v>
+      </c>
+      <c r="E71">
+        <v>4</v>
+      </c>
+      <c r="F71">
+        <v>3</v>
+      </c>
+      <c r="H71">
+        <v>1</v>
+      </c>
+      <c r="I71">
+        <v>1</v>
+      </c>
+      <c r="L71" t="s">
+        <v>79</v>
+      </c>
+      <c r="M71" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="72" spans="1:21">
+      <c r="A72">
+        <v>509</v>
+      </c>
+      <c r="B72">
+        <v>20</v>
+      </c>
+      <c r="C72" t="s">
+        <v>23</v>
+      </c>
+      <c r="D72" t="s">
+        <v>147</v>
+      </c>
+      <c r="E72">
+        <v>4</v>
+      </c>
+      <c r="L72" t="s">
+        <v>79</v>
+      </c>
+      <c r="M72" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="73" spans="1:21">
+      <c r="A73">
+        <v>511</v>
+      </c>
+      <c r="B73">
+        <v>3</v>
+      </c>
+      <c r="C73" t="s">
+        <v>148</v>
+      </c>
+      <c r="D73" t="s">
+        <v>149</v>
+      </c>
+      <c r="E73">
+        <v>7</v>
+      </c>
+      <c r="L73" t="s">
+        <v>65</v>
+      </c>
+      <c r="M73" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="74" spans="1:21">
+      <c r="A74">
+        <v>513</v>
+      </c>
+      <c r="B74">
+        <v>28</v>
+      </c>
+      <c r="C74" t="s">
+        <v>150</v>
+      </c>
+      <c r="D74" t="s">
         <v>151</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E74">
+        <v>11</v>
+      </c>
+      <c r="F74">
+        <v>2</v>
+      </c>
+      <c r="L74" t="s">
+        <v>109</v>
+      </c>
+      <c r="M74" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="75" spans="1:21">
+      <c r="A75">
+        <v>517</v>
+      </c>
+      <c r="B75">
+        <v>20</v>
+      </c>
+      <c r="C75" t="s">
         <v>152</v>
       </c>
-      <c r="E68">
+      <c r="D75" t="s">
+        <v>153</v>
+      </c>
+      <c r="E75">
+        <v>6</v>
+      </c>
+      <c r="F75">
+        <v>2</v>
+      </c>
+      <c r="J75">
+        <v>2</v>
+      </c>
+      <c r="K75">
+        <v>1</v>
+      </c>
+      <c r="L75" t="s">
+        <v>15</v>
+      </c>
+      <c r="M75" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="76" spans="1:21">
+      <c r="A76">
+        <v>536</v>
+      </c>
+      <c r="B76">
+        <v>2</v>
+      </c>
+      <c r="C76" t="s">
+        <v>154</v>
+      </c>
+      <c r="D76" t="s">
+        <v>155</v>
+      </c>
+      <c r="E76">
         <v>12</v>
       </c>
-      <c r="F68">
-[...119 lines deleted...]
-      <c r="D71" t="s">
+      <c r="F76">
+        <v>3</v>
+      </c>
+      <c r="G76">
+        <v>1</v>
+      </c>
+      <c r="H76">
+        <v>1</v>
+      </c>
+      <c r="I76">
+        <v>2</v>
+      </c>
+      <c r="L76" t="s">
+        <v>122</v>
+      </c>
+      <c r="M76" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="77" spans="1:21">
+      <c r="A77">
+        <v>539</v>
+      </c>
+      <c r="B77">
+        <v>40</v>
+      </c>
+      <c r="C77" t="s">
+        <v>144</v>
+      </c>
+      <c r="D77" t="s">
         <v>156</v>
-      </c>
-[...268 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E77">
         <v>4</v>
       </c>
       <c r="F77">
-        <v>57</v>
-[...26 lines deleted...]
-    <row r="78" spans="1:16">
+        <v>3</v>
+      </c>
+      <c r="G77">
+        <v>2</v>
+      </c>
+      <c r="H77">
+        <v>2</v>
+      </c>
+      <c r="I77">
+        <v>4</v>
+      </c>
+      <c r="L77" t="s">
+        <v>79</v>
+      </c>
+      <c r="M77" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="78" spans="1:21">
       <c r="A78">
-        <v>509</v>
+        <v>544</v>
       </c>
       <c r="B78">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C78" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D78" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="E78">
+        <v>5</v>
+      </c>
+      <c r="F78">
+        <v>2</v>
+      </c>
+      <c r="G78">
+        <v>1</v>
+      </c>
+      <c r="H78">
+        <v>1</v>
+      </c>
+      <c r="I78">
+        <v>2</v>
+      </c>
+      <c r="J78">
+        <v>2</v>
+      </c>
+      <c r="K78">
+        <v>1</v>
+      </c>
+      <c r="L78" t="s">
+        <v>27</v>
+      </c>
+      <c r="M78" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="79" spans="1:21">
+      <c r="A79">
+        <v>546</v>
+      </c>
+      <c r="B79">
+        <v>8</v>
+      </c>
+      <c r="C79" t="s">
+        <v>71</v>
+      </c>
+      <c r="D79" t="s">
+        <v>158</v>
+      </c>
+      <c r="E79">
+        <v>12</v>
+      </c>
+      <c r="F79">
+        <v>3</v>
+      </c>
+      <c r="J79">
+        <v>2</v>
+      </c>
+      <c r="K79">
+        <v>1</v>
+      </c>
+      <c r="L79" t="s">
+        <v>122</v>
+      </c>
+      <c r="M79" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="80" spans="1:21">
+      <c r="A80">
+        <v>559</v>
+      </c>
+      <c r="B80">
+        <v>27</v>
+      </c>
+      <c r="C80" t="s">
+        <v>40</v>
+      </c>
+      <c r="D80" t="s">
+        <v>159</v>
+      </c>
+      <c r="E80">
         <v>4</v>
       </c>
-      <c r="F78">
-[...11 lines deleted...]
-      <c r="J78">
+      <c r="L80" t="s">
+        <v>79</v>
+      </c>
+      <c r="M80" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="81" spans="1:21">
+      <c r="A81">
+        <v>568</v>
+      </c>
+      <c r="B81">
+        <v>21</v>
+      </c>
+      <c r="C81" t="s">
+        <v>160</v>
+      </c>
+      <c r="D81" t="s">
+        <v>161</v>
+      </c>
+      <c r="E81">
         <v>5</v>
       </c>
-      <c r="K78">
-[...5 lines deleted...]
-      <c r="M78">
+      <c r="F81">
+        <v>2</v>
+      </c>
+      <c r="L81" t="s">
+        <v>27</v>
+      </c>
+      <c r="M81" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="82" spans="1:21">
+      <c r="A82">
+        <v>584</v>
+      </c>
+      <c r="B82">
         <v>5</v>
       </c>
-      <c r="P78" t="s">
-[...72 lines deleted...]
-      <c r="J80">
+      <c r="C82" t="s">
+        <v>162</v>
+      </c>
+      <c r="D82" t="s">
+        <v>147</v>
+      </c>
+      <c r="E82">
         <v>5</v>
       </c>
-      <c r="K80">
-[...74 lines deleted...]
-      </c>
       <c r="F82">
-        <v>44</v>
-[...23 lines deleted...]
-    <row r="83" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="L82" t="s">
+        <v>27</v>
+      </c>
+      <c r="M82" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="83" spans="1:21">
       <c r="A83">
-        <v>539</v>
+        <v>593</v>
       </c>
       <c r="B83">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C83" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D83" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="E83">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F83">
-        <v>39</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="J83">
         <v>6</v>
       </c>
       <c r="K83">
+        <v>2</v>
+      </c>
+      <c r="L83" t="s">
+        <v>165</v>
+      </c>
+      <c r="M83" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="84" spans="1:21">
+      <c r="A84">
+        <v>594</v>
+      </c>
+      <c r="B84">
+        <v>6</v>
+      </c>
+      <c r="C84" t="s">
+        <v>166</v>
+      </c>
+      <c r="D84" t="s">
+        <v>167</v>
+      </c>
+      <c r="E84">
+        <v>16</v>
+      </c>
+      <c r="F84">
+        <v>3</v>
+      </c>
+      <c r="G84">
+        <v>1</v>
+      </c>
+      <c r="H84">
+        <v>1</v>
+      </c>
+      <c r="I84">
+        <v>2</v>
+      </c>
+      <c r="L84" t="s">
+        <v>165</v>
+      </c>
+      <c r="M84" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="85" spans="1:21">
+      <c r="A85">
+        <v>595</v>
+      </c>
+      <c r="B85">
+        <v>7</v>
+      </c>
+      <c r="C85" t="s">
+        <v>48</v>
+      </c>
+      <c r="D85" t="s">
+        <v>168</v>
+      </c>
+      <c r="E85">
+        <v>16</v>
+      </c>
+      <c r="F85">
+        <v>1</v>
+      </c>
+      <c r="L85" t="s">
+        <v>165</v>
+      </c>
+      <c r="M85" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="86" spans="1:21">
+      <c r="A86">
+        <v>596</v>
+      </c>
+      <c r="B86">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>169</v>
+      </c>
+      <c r="D86" t="s">
+        <v>170</v>
+      </c>
+      <c r="E86">
+        <v>16</v>
+      </c>
+      <c r="F86">
+        <v>3</v>
+      </c>
+      <c r="L86" t="s">
+        <v>165</v>
+      </c>
+      <c r="M86" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87" spans="1:21">
+      <c r="A87">
+        <v>598</v>
+      </c>
+      <c r="B87">
+        <v>12</v>
+      </c>
+      <c r="C87" t="s">
+        <v>171</v>
+      </c>
+      <c r="D87" t="s">
+        <v>172</v>
+      </c>
+      <c r="E87">
+        <v>16</v>
+      </c>
+      <c r="F87">
+        <v>3</v>
+      </c>
+      <c r="G87">
+        <v>3</v>
+      </c>
+      <c r="H87">
+        <v>2</v>
+      </c>
+      <c r="I87">
         <v>5</v>
       </c>
-      <c r="L83">
-[...2 lines deleted...]
-      <c r="M83">
+      <c r="L87" t="s">
+        <v>165</v>
+      </c>
+      <c r="M87" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="88" spans="1:21">
+      <c r="A88">
+        <v>600</v>
+      </c>
+      <c r="B88">
+        <v>20</v>
+      </c>
+      <c r="C88" t="s">
+        <v>17</v>
+      </c>
+      <c r="D88" t="s">
+        <v>173</v>
+      </c>
+      <c r="E88">
+        <v>16</v>
+      </c>
+      <c r="F88">
+        <v>3</v>
+      </c>
+      <c r="G88">
+        <v>1</v>
+      </c>
+      <c r="H88">
+        <v>2</v>
+      </c>
+      <c r="I88">
+        <v>3</v>
+      </c>
+      <c r="L88" t="s">
+        <v>165</v>
+      </c>
+      <c r="M88" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89" spans="1:21">
+      <c r="A89">
+        <v>602</v>
+      </c>
+      <c r="B89">
+        <v>24</v>
+      </c>
+      <c r="C89" t="s">
+        <v>71</v>
+      </c>
+      <c r="D89" t="s">
+        <v>174</v>
+      </c>
+      <c r="E89">
+        <v>16</v>
+      </c>
+      <c r="F89">
+        <v>3</v>
+      </c>
+      <c r="H89">
+        <v>1</v>
+      </c>
+      <c r="I89">
+        <v>1</v>
+      </c>
+      <c r="J89">
+        <v>2</v>
+      </c>
+      <c r="K89">
+        <v>1</v>
+      </c>
+      <c r="L89" t="s">
+        <v>165</v>
+      </c>
+      <c r="M89" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="90" spans="1:21">
+      <c r="A90">
+        <v>604</v>
+      </c>
+      <c r="B90">
+        <v>66</v>
+      </c>
+      <c r="C90" t="s">
+        <v>28</v>
+      </c>
+      <c r="D90" t="s">
+        <v>175</v>
+      </c>
+      <c r="E90">
+        <v>16</v>
+      </c>
+      <c r="F90">
+        <v>3</v>
+      </c>
+      <c r="G90">
+        <v>2</v>
+      </c>
+      <c r="H90">
+        <v>2</v>
+      </c>
+      <c r="I90">
+        <v>4</v>
+      </c>
+      <c r="L90" t="s">
+        <v>165</v>
+      </c>
+      <c r="M90" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="91" spans="1:21">
+      <c r="A91">
+        <v>606</v>
+      </c>
+      <c r="B91">
+        <v>15</v>
+      </c>
+      <c r="C91" t="s">
+        <v>130</v>
+      </c>
+      <c r="D91" t="s">
+        <v>176</v>
+      </c>
+      <c r="E91">
+        <v>16</v>
+      </c>
+      <c r="F91">
+        <v>3</v>
+      </c>
+      <c r="H91">
+        <v>1</v>
+      </c>
+      <c r="I91">
+        <v>1</v>
+      </c>
+      <c r="J91">
+        <v>4</v>
+      </c>
+      <c r="K91">
+        <v>2</v>
+      </c>
+      <c r="L91" t="s">
+        <v>165</v>
+      </c>
+      <c r="M91" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="92" spans="1:21">
+      <c r="A92">
+        <v>608</v>
+      </c>
+      <c r="B92">
+        <v>8</v>
+      </c>
+      <c r="C92" t="s">
+        <v>116</v>
+      </c>
+      <c r="D92" t="s">
+        <v>177</v>
+      </c>
+      <c r="E92">
+        <v>16</v>
+      </c>
+      <c r="F92">
+        <v>1</v>
+      </c>
+      <c r="L92" t="s">
+        <v>165</v>
+      </c>
+      <c r="M92" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="93" spans="1:21">
+      <c r="A93">
+        <v>613</v>
+      </c>
+      <c r="B93">
+        <v>62</v>
+      </c>
+      <c r="C93" t="s">
+        <v>178</v>
+      </c>
+      <c r="D93" t="s">
+        <v>179</v>
+      </c>
+      <c r="E93">
         <v>6</v>
       </c>
-      <c r="N83">
-[...13 lines deleted...]
-      <c r="B84">
+      <c r="F93">
+        <v>1</v>
+      </c>
+      <c r="J93">
+        <v>2</v>
+      </c>
+      <c r="K93">
+        <v>1</v>
+      </c>
+      <c r="L93" t="s">
+        <v>15</v>
+      </c>
+      <c r="M93" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="94" spans="1:21">
+      <c r="A94">
+        <v>614</v>
+      </c>
+      <c r="B94">
+        <v>4</v>
+      </c>
+      <c r="C94" t="s">
+        <v>40</v>
+      </c>
+      <c r="D94" t="s">
+        <v>180</v>
+      </c>
+      <c r="E94">
+        <v>12</v>
+      </c>
+      <c r="F94">
+        <v>3</v>
+      </c>
+      <c r="H94">
+        <v>1</v>
+      </c>
+      <c r="I94">
+        <v>1</v>
+      </c>
+      <c r="J94">
+        <v>4</v>
+      </c>
+      <c r="K94">
+        <v>2</v>
+      </c>
+      <c r="L94" t="s">
+        <v>122</v>
+      </c>
+      <c r="M94" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="95" spans="1:21">
+      <c r="A95">
+        <v>615</v>
+      </c>
+      <c r="B95">
+        <v>99</v>
+      </c>
+      <c r="C95" t="s">
+        <v>181</v>
+      </c>
+      <c r="D95" t="s">
+        <v>182</v>
+      </c>
+      <c r="E95">
+        <v>12</v>
+      </c>
+      <c r="F95">
+        <v>3</v>
+      </c>
+      <c r="G95">
+        <v>1</v>
+      </c>
+      <c r="I95">
+        <v>1</v>
+      </c>
+      <c r="L95" t="s">
+        <v>122</v>
+      </c>
+      <c r="M95" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="96" spans="1:21">
+      <c r="A96">
+        <v>618</v>
+      </c>
+      <c r="B96">
+        <v>24</v>
+      </c>
+      <c r="C96" t="s">
+        <v>48</v>
+      </c>
+      <c r="D96" t="s">
+        <v>183</v>
+      </c>
+      <c r="E96">
         <v>11</v>
       </c>
-      <c r="C84" t="s">
-[...46 lines deleted...]
-      <c r="B85">
+      <c r="F96">
+        <v>1</v>
+      </c>
+      <c r="G96">
+        <v>1</v>
+      </c>
+      <c r="I96">
+        <v>1</v>
+      </c>
+      <c r="L96" t="s">
+        <v>109</v>
+      </c>
+      <c r="M96" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="97" spans="1:21">
+      <c r="A97">
+        <v>622</v>
+      </c>
+      <c r="B97">
+        <v>11</v>
+      </c>
+      <c r="C97" t="s">
+        <v>184</v>
+      </c>
+      <c r="D97" t="s">
+        <v>185</v>
+      </c>
+      <c r="E97">
+        <v>12</v>
+      </c>
+      <c r="L97" t="s">
+        <v>122</v>
+      </c>
+      <c r="M97" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="98" spans="1:21">
+      <c r="A98">
+        <v>628</v>
+      </c>
+      <c r="B98">
         <v>8</v>
       </c>
-      <c r="C85" t="s">
-[...108 lines deleted...]
-      <c r="J87">
+      <c r="C98" t="s">
+        <v>160</v>
+      </c>
+      <c r="D98" t="s">
+        <v>186</v>
+      </c>
+      <c r="E98">
+        <v>7</v>
+      </c>
+      <c r="F98">
+        <v>3</v>
+      </c>
+      <c r="J98">
+        <v>2</v>
+      </c>
+      <c r="K98">
+        <v>1</v>
+      </c>
+      <c r="L98" t="s">
+        <v>65</v>
+      </c>
+      <c r="M98" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="99" spans="1:21">
+      <c r="A99">
+        <v>631</v>
+      </c>
+      <c r="B99">
+        <v>11</v>
+      </c>
+      <c r="C99" t="s">
+        <v>187</v>
+      </c>
+      <c r="D99" t="s">
+        <v>188</v>
+      </c>
+      <c r="E99">
+        <v>11</v>
+      </c>
+      <c r="F99">
+        <v>3</v>
+      </c>
+      <c r="G99">
+        <v>3</v>
+      </c>
+      <c r="H99">
+        <v>3</v>
+      </c>
+      <c r="I99">
         <v>6</v>
-      </c>
-[...508 lines deleted...]
-        <v>16</v>
       </c>
       <c r="J99">
         <v>4</v>
       </c>
       <c r="K99">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="M99">
+        <v>2</v>
+      </c>
+      <c r="L99" t="s">
+        <v>109</v>
+      </c>
+      <c r="M99" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="100" spans="1:21">
+      <c r="A100">
+        <v>633</v>
+      </c>
+      <c r="B100">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>189</v>
+      </c>
+      <c r="D100" t="s">
+        <v>190</v>
+      </c>
+      <c r="E100">
+        <v>11</v>
+      </c>
+      <c r="F100">
+        <v>1</v>
+      </c>
+      <c r="L100" t="s">
+        <v>109</v>
+      </c>
+      <c r="M100" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="101" spans="1:21">
+      <c r="A101">
+        <v>639</v>
+      </c>
+      <c r="B101">
+        <v>3</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>191</v>
+      </c>
+      <c r="E101">
+        <v>5</v>
+      </c>
+      <c r="F101">
+        <v>3</v>
+      </c>
+      <c r="L101" t="s">
+        <v>27</v>
+      </c>
+      <c r="M101" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="102" spans="1:21">
+      <c r="A102">
+        <v>672</v>
+      </c>
+      <c r="B102">
+        <v>12</v>
+      </c>
+      <c r="C102" t="s">
+        <v>192</v>
+      </c>
+      <c r="D102" t="s">
+        <v>193</v>
+      </c>
+      <c r="E102">
         <v>4</v>
       </c>
-      <c r="N99">
-[...40 lines deleted...]
-      <c r="L100">
+      <c r="F102">
+        <v>2</v>
+      </c>
+      <c r="J102">
         <v>4</v>
       </c>
-      <c r="M100">
+      <c r="K102">
+        <v>2</v>
+      </c>
+      <c r="L102" t="s">
+        <v>79</v>
+      </c>
+      <c r="M102" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="103" spans="1:21">
+      <c r="A103">
+        <v>675</v>
+      </c>
+      <c r="B103">
+        <v>21</v>
+      </c>
+      <c r="C103" t="s">
+        <v>144</v>
+      </c>
+      <c r="D103" t="s">
+        <v>194</v>
+      </c>
+      <c r="E103">
+        <v>16</v>
+      </c>
+      <c r="F103">
+        <v>3</v>
+      </c>
+      <c r="H103">
+        <v>1</v>
+      </c>
+      <c r="I103">
+        <v>1</v>
+      </c>
+      <c r="L103" t="s">
+        <v>165</v>
+      </c>
+      <c r="M103" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="104" spans="1:21">
+      <c r="A104">
+        <v>676</v>
+      </c>
+      <c r="B104">
+        <v>27</v>
+      </c>
+      <c r="C104" t="s">
+        <v>125</v>
+      </c>
+      <c r="D104" t="s">
+        <v>195</v>
+      </c>
+      <c r="E104">
+        <v>16</v>
+      </c>
+      <c r="F104">
+        <v>3</v>
+      </c>
+      <c r="G104">
+        <v>1</v>
+      </c>
+      <c r="H104">
+        <v>7</v>
+      </c>
+      <c r="I104">
+        <v>8</v>
+      </c>
+      <c r="L104" t="s">
+        <v>165</v>
+      </c>
+      <c r="M104" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="105" spans="1:21">
+      <c r="A105">
+        <v>677</v>
+      </c>
+      <c r="B105">
+        <v>17</v>
+      </c>
+      <c r="C105" t="s">
+        <v>63</v>
+      </c>
+      <c r="D105" t="s">
+        <v>196</v>
+      </c>
+      <c r="E105">
+        <v>16</v>
+      </c>
+      <c r="F105">
+        <v>2</v>
+      </c>
+      <c r="H105">
+        <v>1</v>
+      </c>
+      <c r="I105">
+        <v>1</v>
+      </c>
+      <c r="J105">
         <v>4</v>
       </c>
-      <c r="N100">
-[...247 lines deleted...]
-    <row r="106" spans="1:16">
+      <c r="K105">
+        <v>2</v>
+      </c>
+      <c r="L105" t="s">
+        <v>165</v>
+      </c>
+      <c r="M105" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="106" spans="1:21">
       <c r="A106">
-        <v>631</v>
+        <v>679</v>
       </c>
       <c r="B106">
         <v>11</v>
       </c>
       <c r="C106" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="D106" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="E106">
+        <v>16</v>
+      </c>
+      <c r="F106">
+        <v>3</v>
+      </c>
+      <c r="G106">
+        <v>3</v>
+      </c>
+      <c r="I106">
+        <v>3</v>
+      </c>
+      <c r="J106">
+        <v>2</v>
+      </c>
+      <c r="K106">
+        <v>1</v>
+      </c>
+      <c r="L106" t="s">
+        <v>165</v>
+      </c>
+      <c r="M106" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="107" spans="1:21">
+      <c r="A107">
+        <v>680</v>
+      </c>
+      <c r="B107">
+        <v>12</v>
+      </c>
+      <c r="C107" t="s">
+        <v>199</v>
+      </c>
+      <c r="D107" t="s">
+        <v>200</v>
+      </c>
+      <c r="E107">
+        <v>6</v>
+      </c>
+      <c r="F107">
+        <v>2</v>
+      </c>
+      <c r="H107">
+        <v>1</v>
+      </c>
+      <c r="I107">
+        <v>1</v>
+      </c>
+      <c r="L107" t="s">
+        <v>15</v>
+      </c>
+      <c r="M107" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:21">
+      <c r="A108">
+        <v>681</v>
+      </c>
+      <c r="B108">
+        <v>77</v>
+      </c>
+      <c r="C108" t="s">
+        <v>201</v>
+      </c>
+      <c r="D108" t="s">
+        <v>202</v>
+      </c>
+      <c r="E108">
+        <v>6</v>
+      </c>
+      <c r="F108">
+        <v>2</v>
+      </c>
+      <c r="L108" t="s">
+        <v>15</v>
+      </c>
+      <c r="M108" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="109" spans="1:21">
+      <c r="A109">
+        <v>682</v>
+      </c>
+      <c r="B109">
+        <v>15</v>
+      </c>
+      <c r="C109" t="s">
+        <v>203</v>
+      </c>
+      <c r="D109" t="s">
+        <v>204</v>
+      </c>
+      <c r="E109">
+        <v>6</v>
+      </c>
+      <c r="F109">
+        <v>1</v>
+      </c>
+      <c r="G109">
+        <v>1</v>
+      </c>
+      <c r="I109">
+        <v>1</v>
+      </c>
+      <c r="L109" t="s">
+        <v>15</v>
+      </c>
+      <c r="M109" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="110" spans="1:21">
+      <c r="A110">
+        <v>683</v>
+      </c>
+      <c r="B110">
+        <v>16</v>
+      </c>
+      <c r="C110" t="s">
+        <v>135</v>
+      </c>
+      <c r="D110" t="s">
+        <v>205</v>
+      </c>
+      <c r="E110">
         <v>11</v>
       </c>
-      <c r="F106">
-[...11 lines deleted...]
-      <c r="J106">
+      <c r="F110">
+        <v>3</v>
+      </c>
+      <c r="G110">
+        <v>2</v>
+      </c>
+      <c r="H110">
+        <v>3</v>
+      </c>
+      <c r="I110">
         <v>5</v>
       </c>
-      <c r="K106">
-[...116 lines deleted...]
-      <c r="J109">
+      <c r="L110" t="s">
+        <v>109</v>
+      </c>
+      <c r="M110" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="111" spans="1:21">
+      <c r="A111">
+        <v>686</v>
+      </c>
+      <c r="B111">
         <v>4</v>
       </c>
-      <c r="K109">
-[...59 lines deleted...]
-      </c>
       <c r="C111" t="s">
-        <v>216</v>
+        <v>91</v>
       </c>
       <c r="D111" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="E111">
         <v>8</v>
       </c>
       <c r="F111">
-        <v>40</v>
-[...4 lines deleted...]
-      <c r="H111" t="s">
+        <v>2</v>
+      </c>
+      <c r="L111" t="s">
+        <v>42</v>
+      </c>
+      <c r="M111" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="112" spans="1:21">
+      <c r="A112">
+        <v>687</v>
+      </c>
+      <c r="B112">
+        <v>8</v>
+      </c>
+      <c r="C112" t="s">
+        <v>38</v>
+      </c>
+      <c r="D112" t="s">
+        <v>33</v>
+      </c>
+      <c r="E112">
+        <v>5</v>
+      </c>
+      <c r="F112">
+        <v>3</v>
+      </c>
+      <c r="G112">
+        <v>1</v>
+      </c>
+      <c r="H112">
+        <v>1</v>
+      </c>
+      <c r="I112">
+        <v>2</v>
+      </c>
+      <c r="J112">
+        <v>4</v>
+      </c>
+      <c r="K112">
+        <v>2</v>
+      </c>
+      <c r="L112" t="s">
+        <v>27</v>
+      </c>
+      <c r="M112" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="113" spans="1:21">
+      <c r="A113">
+        <v>689</v>
+      </c>
+      <c r="B113">
+        <v>67</v>
+      </c>
+      <c r="C113" t="s">
+        <v>207</v>
+      </c>
+      <c r="D113" t="s">
+        <v>208</v>
+      </c>
+      <c r="E113">
+        <v>6</v>
+      </c>
+      <c r="F113">
+        <v>3</v>
+      </c>
+      <c r="J113">
+        <v>2</v>
+      </c>
+      <c r="K113">
+        <v>1</v>
+      </c>
+      <c r="L113" t="s">
+        <v>15</v>
+      </c>
+      <c r="M113" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="114" spans="1:21">
+      <c r="A114">
+        <v>695</v>
+      </c>
+      <c r="B114">
+        <v>26</v>
+      </c>
+      <c r="C114" t="s">
+        <v>17</v>
+      </c>
+      <c r="D114" t="s">
+        <v>209</v>
+      </c>
+      <c r="E114">
+        <v>7</v>
+      </c>
+      <c r="F114">
+        <v>2</v>
+      </c>
+      <c r="L114" t="s">
+        <v>65</v>
+      </c>
+      <c r="M114" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="115" spans="1:21">
+      <c r="A115">
+        <v>707</v>
+      </c>
+      <c r="B115">
+        <v>25</v>
+      </c>
+      <c r="C115" t="s">
+        <v>210</v>
+      </c>
+      <c r="D115" t="s">
+        <v>211</v>
+      </c>
+      <c r="E115">
+        <v>5</v>
+      </c>
+      <c r="F115">
+        <v>2</v>
+      </c>
+      <c r="G115">
+        <v>2</v>
+      </c>
+      <c r="I115">
+        <v>2</v>
+      </c>
+      <c r="L115" t="s">
+        <v>27</v>
+      </c>
+      <c r="M115" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="116" spans="1:21">
+      <c r="A116">
+        <v>708</v>
+      </c>
+      <c r="B116">
+        <v>4</v>
+      </c>
+      <c r="C116" t="s">
+        <v>55</v>
+      </c>
+      <c r="D116" t="s">
+        <v>212</v>
+      </c>
+      <c r="E116">
+        <v>5</v>
+      </c>
+      <c r="F116">
+        <v>2</v>
+      </c>
+      <c r="G116">
+        <v>1</v>
+      </c>
+      <c r="H116">
+        <v>2</v>
+      </c>
+      <c r="I116">
+        <v>3</v>
+      </c>
+      <c r="L116" t="s">
+        <v>27</v>
+      </c>
+      <c r="M116" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="117" spans="1:21">
+      <c r="A117">
+        <v>720</v>
+      </c>
+      <c r="B117">
+        <v>21</v>
+      </c>
+      <c r="C117" t="s">
+        <v>213</v>
+      </c>
+      <c r="D117" t="s">
+        <v>214</v>
+      </c>
+      <c r="E117">
+        <v>4</v>
+      </c>
+      <c r="F117">
+        <v>3</v>
+      </c>
+      <c r="L117" t="s">
+        <v>79</v>
+      </c>
+      <c r="M117" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="118" spans="1:21">
+      <c r="A118">
+        <v>721</v>
+      </c>
+      <c r="B118">
+        <v>13</v>
+      </c>
+      <c r="C118" t="s">
         <v>215</v>
       </c>
-      <c r="I111" t="s">
-[...10 lines deleted...]
-      <c r="B112">
+      <c r="D118" t="s">
+        <v>216</v>
+      </c>
+      <c r="E118">
+        <v>12</v>
+      </c>
+      <c r="F118">
+        <v>3</v>
+      </c>
+      <c r="H118">
+        <v>1</v>
+      </c>
+      <c r="I118">
+        <v>1</v>
+      </c>
+      <c r="L118" t="s">
+        <v>122</v>
+      </c>
+      <c r="M118" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="119" spans="1:21">
+      <c r="A119">
+        <v>723</v>
+      </c>
+      <c r="B119">
+        <v>16</v>
+      </c>
+      <c r="C119" t="s">
+        <v>17</v>
+      </c>
+      <c r="D119" t="s">
+        <v>217</v>
+      </c>
+      <c r="E119">
+        <v>16</v>
+      </c>
+      <c r="F119">
+        <v>3</v>
+      </c>
+      <c r="G119">
+        <v>3</v>
+      </c>
+      <c r="H119">
+        <v>3</v>
+      </c>
+      <c r="I119">
         <v>6</v>
       </c>
-      <c r="C112" t="s">
+      <c r="L119" t="s">
+        <v>165</v>
+      </c>
+      <c r="M119" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="120" spans="1:21">
+      <c r="A120">
+        <v>724</v>
+      </c>
+      <c r="B120">
+        <v>3</v>
+      </c>
+      <c r="C120" t="s">
         <v>218</v>
       </c>
-      <c r="D112" t="s">
+      <c r="D120" t="s">
         <v>219</v>
       </c>
-      <c r="E112">
+      <c r="E120">
+        <v>4</v>
+      </c>
+      <c r="F120">
+        <v>3</v>
+      </c>
+      <c r="H120">
+        <v>1</v>
+      </c>
+      <c r="I120">
+        <v>1</v>
+      </c>
+      <c r="L120" t="s">
+        <v>79</v>
+      </c>
+      <c r="M120" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="121" spans="1:21">
+      <c r="A121">
+        <v>725</v>
+      </c>
+      <c r="B121">
+        <v>1</v>
+      </c>
+      <c r="C121" t="s">
+        <v>144</v>
+      </c>
+      <c r="D121" t="s">
+        <v>196</v>
+      </c>
+      <c r="E121">
+        <v>16</v>
+      </c>
+      <c r="F121">
+        <v>2</v>
+      </c>
+      <c r="L121" t="s">
+        <v>165</v>
+      </c>
+      <c r="M121" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="122" spans="1:21">
+      <c r="A122">
+        <v>727</v>
+      </c>
+      <c r="B122">
+        <v>17</v>
+      </c>
+      <c r="C122" t="s">
+        <v>30</v>
+      </c>
+      <c r="D122" t="s">
+        <v>144</v>
+      </c>
+      <c r="E122">
+        <v>6</v>
+      </c>
+      <c r="L122" t="s">
+        <v>15</v>
+      </c>
+      <c r="M122" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="123" spans="1:21">
+      <c r="A123">
+        <v>728</v>
+      </c>
+      <c r="B123">
+        <v>18</v>
+      </c>
+      <c r="C123" t="s">
+        <v>220</v>
+      </c>
+      <c r="D123" t="s">
+        <v>221</v>
+      </c>
+      <c r="E123">
+        <v>6</v>
+      </c>
+      <c r="F123">
+        <v>1</v>
+      </c>
+      <c r="H123">
+        <v>1</v>
+      </c>
+      <c r="I123">
+        <v>1</v>
+      </c>
+      <c r="J123">
+        <v>2</v>
+      </c>
+      <c r="K123">
+        <v>1</v>
+      </c>
+      <c r="L123" t="s">
+        <v>15</v>
+      </c>
+      <c r="M123" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="124" spans="1:21">
+      <c r="A124">
+        <v>729</v>
+      </c>
+      <c r="B124">
         <v>12</v>
       </c>
-      <c r="F112">
-[...49 lines deleted...]
-      <c r="H113" t="s">
+      <c r="C124" t="s">
         <v>222</v>
       </c>
-      <c r="I113" t="s">
-[...28 lines deleted...]
-      <c r="D114" t="s">
+      <c r="D124" t="s">
         <v>223</v>
       </c>
-      <c r="E114">
-[...46 lines deleted...]
-      <c r="D115" t="s">
+      <c r="E124">
+        <v>7</v>
+      </c>
+      <c r="F124">
+        <v>1</v>
+      </c>
+      <c r="L124" t="s">
+        <v>65</v>
+      </c>
+      <c r="M124" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:21">
+      <c r="A125">
+        <v>730</v>
+      </c>
+      <c r="B125">
+        <v>13</v>
+      </c>
+      <c r="C125" t="s">
         <v>224</v>
       </c>
-      <c r="E115">
-[...17 lines deleted...]
-      <c r="K115">
+      <c r="D125" t="s">
+        <v>225</v>
+      </c>
+      <c r="E125">
         <v>7</v>
       </c>
-      <c r="L115">
-[...19 lines deleted...]
-      <c r="B116">
+      <c r="F125">
+        <v>2</v>
+      </c>
+      <c r="L125" t="s">
+        <v>65</v>
+      </c>
+      <c r="M125" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="126" spans="1:21">
+      <c r="A126">
+        <v>733</v>
+      </c>
+      <c r="B126">
+        <v>24</v>
+      </c>
+      <c r="C126" t="s">
+        <v>197</v>
+      </c>
+      <c r="D126" t="s">
+        <v>226</v>
+      </c>
+      <c r="E126">
+        <v>7</v>
+      </c>
+      <c r="L126" t="s">
+        <v>65</v>
+      </c>
+      <c r="M126" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="127" spans="1:21">
+      <c r="A127">
+        <v>734</v>
+      </c>
+      <c r="B127">
         <v>17</v>
       </c>
-      <c r="C116" t="s">
-[...72 lines deleted...]
-      <c r="C118" t="s">
+      <c r="C127" t="s">
         <v>227</v>
       </c>
-      <c r="D118" t="s">
+      <c r="D127" t="s">
         <v>228</v>
-      </c>
-[...388 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E127">
         <v>7</v>
       </c>
       <c r="F127">
-        <v>56</v>
-[...17 lines deleted...]
-    <row r="128" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="G127">
+        <v>2</v>
+      </c>
+      <c r="I127">
+        <v>2</v>
+      </c>
+      <c r="L127" t="s">
+        <v>65</v>
+      </c>
+      <c r="M127" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="128" spans="1:21">
       <c r="A128">
-        <v>697</v>
+        <v>740</v>
       </c>
       <c r="B128">
         <v>19</v>
       </c>
       <c r="C128" t="s">
-        <v>125</v>
+        <v>229</v>
       </c>
       <c r="D128" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="E128">
         <v>5</v>
       </c>
       <c r="F128">
-        <v>49</v>
-[...10 lines deleted...]
-      <c r="P128" t="s">
+        <v>2</v>
+      </c>
+      <c r="G128">
+        <v>2</v>
+      </c>
+      <c r="H128">
+        <v>2</v>
+      </c>
+      <c r="I128">
+        <v>4</v>
+      </c>
+      <c r="L128" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="129" spans="1:16">
+      <c r="M128" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="129" spans="1:21">
       <c r="A129">
-        <v>707</v>
+        <v>741</v>
       </c>
       <c r="B129">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="C129" t="s">
-        <v>244</v>
+        <v>32</v>
       </c>
       <c r="D129" t="s">
-        <v>245</v>
+        <v>231</v>
       </c>
       <c r="E129">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F129">
-        <v>51</v>
-[...23 lines deleted...]
-    <row r="130" spans="1:16">
+        <v>3</v>
+      </c>
+      <c r="H129">
+        <v>2</v>
+      </c>
+      <c r="I129">
+        <v>2</v>
+      </c>
+      <c r="L129" t="s">
+        <v>79</v>
+      </c>
+      <c r="M129" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="130" spans="1:21">
       <c r="A130">
-        <v>708</v>
+        <v>742</v>
+      </c>
+      <c r="B130">
+        <v>19</v>
       </c>
       <c r="C130" t="s">
-        <v>64</v>
+        <v>224</v>
       </c>
       <c r="D130" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
       <c r="E130">
-        <v>5</v>
-[...17 lines deleted...]
-    <row r="131" spans="1:16">
+        <v>6</v>
+      </c>
+      <c r="L130" t="s">
+        <v>15</v>
+      </c>
+      <c r="M130" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="131" spans="1:21">
       <c r="A131">
-        <v>720</v>
+        <v>744</v>
       </c>
       <c r="B131">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C131" t="s">
-        <v>248</v>
+        <v>36</v>
       </c>
       <c r="D131" t="s">
-        <v>249</v>
+        <v>233</v>
       </c>
       <c r="E131">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F131">
-        <v>60</v>
-[...679 lines deleted...]
-        <v>27</v>
+        <v>3</v>
+      </c>
+      <c r="H131">
+        <v>1</v>
+      </c>
+      <c r="I131">
+        <v>1</v>
+      </c>
+      <c r="L131" t="s">
+        <v>65</v>
+      </c>
+      <c r="M131" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">