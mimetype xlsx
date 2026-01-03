--- v0 (2025-10-26)
+++ v1 (2026-01-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Skaters" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="629">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="630">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
@@ -1899,50 +1899,53 @@
     <t>Joanathan</t>
   </si>
   <si>
     <t>Kay</t>
   </si>
   <si>
     <t>Maciel</t>
   </si>
   <si>
     <t>Faria</t>
   </si>
   <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
+  </si>
+  <si>
+    <t>Luckese</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2245,51 +2248,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L536"/>
+  <dimension ref="A1:L538"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -2321,159 +2324,159 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="G2">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J2">
         <v>123</v>
       </c>
       <c r="K2">
         <v>54</v>
       </c>
       <c r="L2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="G3">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H3">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I3">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="J3">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="K3">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
         <v>3</v>
       </c>
       <c r="L4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="G5">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="H5">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="I5">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="J5">
         <v>93</v>
       </c>
       <c r="K5">
         <v>43</v>
       </c>
       <c r="L5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6">
@@ -2817,51 +2820,51 @@
       </c>
       <c r="K15">
         <v>44</v>
       </c>
       <c r="L15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>55</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16">
         <v>6</v>
       </c>
       <c r="F16">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
       <c r="H16">
         <v>36</v>
       </c>
       <c r="I16">
         <v>39</v>
       </c>
       <c r="J16">
         <v>28</v>
       </c>
       <c r="K16">
         <v>13</v>
       </c>
       <c r="L16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
@@ -2931,60 +2934,60 @@
       </c>
       <c r="K18">
         <v>16</v>
       </c>
       <c r="L18" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>75</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19" t="s">
         <v>47</v>
       </c>
       <c r="E19">
         <v>6</v>
       </c>
       <c r="F19">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="G19">
         <v>19</v>
       </c>
       <c r="H19">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I19">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="J19">
         <v>30</v>
       </c>
       <c r="K19">
         <v>14</v>
       </c>
       <c r="L19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
         <v>77</v>
       </c>
       <c r="C20" t="s">
         <v>48</v>
       </c>
       <c r="D20" t="s">
         <v>49</v>
       </c>
       <c r="E20">
@@ -3657,51 +3660,51 @@
       </c>
       <c r="F39">
         <v>3</v>
       </c>
       <c r="L39" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
         <v>43</v>
       </c>
       <c r="B40">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>15</v>
       </c>
       <c r="D40" t="s">
         <v>79</v>
       </c>
       <c r="E40">
         <v>5</v>
       </c>
       <c r="F40">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G40">
         <v>26</v>
       </c>
       <c r="H40">
         <v>46</v>
       </c>
       <c r="I40">
         <v>72</v>
       </c>
       <c r="J40">
         <v>22</v>
       </c>
       <c r="K40">
         <v>11</v>
       </c>
       <c r="L40" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
         <v>44</v>
       </c>
       <c r="C41" t="s">
@@ -3730,98 +3733,98 @@
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>45</v>
       </c>
       <c r="B42">
         <v>7</v>
       </c>
       <c r="C42" t="s">
         <v>83</v>
       </c>
       <c r="D42" t="s">
         <v>84</v>
       </c>
       <c r="E42">
         <v>5</v>
       </c>
       <c r="F42">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="G42">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="H42">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="I42">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="J42">
         <v>39</v>
       </c>
       <c r="K42">
         <v>17</v>
       </c>
       <c r="L42" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
         <v>46</v>
       </c>
       <c r="B43">
         <v>5</v>
       </c>
       <c r="C43" t="s">
         <v>68</v>
       </c>
       <c r="D43" t="s">
         <v>85</v>
       </c>
       <c r="E43">
         <v>5</v>
       </c>
       <c r="F43">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="G43">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H43">
         <v>56</v>
       </c>
       <c r="I43">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J43">
         <v>70</v>
       </c>
       <c r="K43">
         <v>26</v>
       </c>
       <c r="L43" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
         <v>47</v>
       </c>
       <c r="B44">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>86</v>
       </c>
       <c r="D44" t="s">
         <v>87</v>
       </c>
       <c r="E44">
@@ -3844,66 +3847,66 @@
       </c>
       <c r="K44">
         <v>29</v>
       </c>
       <c r="L44" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>48</v>
       </c>
       <c r="B45">
         <v>10</v>
       </c>
       <c r="C45" t="s">
         <v>88</v>
       </c>
       <c r="D45" t="s">
         <v>89</v>
       </c>
       <c r="E45">
         <v>5</v>
       </c>
       <c r="F45">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="G45">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H45">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="I45">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="J45">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="K45">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="L45" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>49</v>
       </c>
       <c r="B46">
         <v>11</v>
       </c>
       <c r="C46" t="s">
         <v>90</v>
       </c>
       <c r="D46" t="s">
         <v>91</v>
       </c>
       <c r="E46">
         <v>5</v>
       </c>
       <c r="F46">
         <v>112</v>
       </c>
       <c r="G46">
@@ -3920,60 +3923,60 @@
       </c>
       <c r="K46">
         <v>57</v>
       </c>
       <c r="L46" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>50</v>
       </c>
       <c r="B47">
         <v>12</v>
       </c>
       <c r="C47" t="s">
         <v>92</v>
       </c>
       <c r="D47" t="s">
         <v>93</v>
       </c>
       <c r="E47">
         <v>5</v>
       </c>
       <c r="F47">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="G47">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H47">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="I47">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="J47">
         <v>91</v>
       </c>
       <c r="K47">
         <v>41</v>
       </c>
       <c r="L47" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
         <v>51</v>
       </c>
       <c r="C48" t="s">
         <v>94</v>
       </c>
       <c r="D48" t="s">
         <v>95</v>
       </c>
       <c r="E48">
         <v>5</v>
       </c>
       <c r="F48">
@@ -4010,51 +4013,51 @@
       </c>
       <c r="F49">
         <v>1</v>
       </c>
       <c r="L49" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
         <v>53</v>
       </c>
       <c r="B50">
         <v>91</v>
       </c>
       <c r="C50" t="s">
         <v>98</v>
       </c>
       <c r="D50" t="s">
         <v>99</v>
       </c>
       <c r="E50">
         <v>5</v>
       </c>
       <c r="F50">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G50">
         <v>25</v>
       </c>
       <c r="H50">
         <v>37</v>
       </c>
       <c r="I50">
         <v>62</v>
       </c>
       <c r="J50">
         <v>170</v>
       </c>
       <c r="K50">
         <v>68</v>
       </c>
       <c r="L50" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
         <v>54</v>
       </c>
       <c r="B51">
@@ -4086,60 +4089,60 @@
       </c>
       <c r="K51">
         <v>12</v>
       </c>
       <c r="L51" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>55</v>
       </c>
       <c r="B52">
         <v>22</v>
       </c>
       <c r="C52" t="s">
         <v>100</v>
       </c>
       <c r="D52" t="s">
         <v>102</v>
       </c>
       <c r="E52">
         <v>5</v>
       </c>
       <c r="F52">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="G52">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="H52">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="I52">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="J52">
         <v>94</v>
       </c>
       <c r="K52">
         <v>42</v>
       </c>
       <c r="L52" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>56</v>
       </c>
       <c r="B53">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>103</v>
       </c>
       <c r="D53" t="s">
         <v>104</v>
       </c>
       <c r="E53">
@@ -4238,60 +4241,60 @@
       </c>
       <c r="K55">
         <v>13</v>
       </c>
       <c r="L55" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>59</v>
       </c>
       <c r="B56">
         <v>52</v>
       </c>
       <c r="C56" t="s">
         <v>38</v>
       </c>
       <c r="D56" t="s">
         <v>107</v>
       </c>
       <c r="E56">
         <v>5</v>
       </c>
       <c r="F56">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="G56">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H56">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="I56">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="J56">
         <v>13</v>
       </c>
       <c r="K56">
         <v>6</v>
       </c>
       <c r="L56" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
         <v>60</v>
       </c>
       <c r="B57">
         <v>91</v>
       </c>
       <c r="C57" t="s">
         <v>98</v>
       </c>
       <c r="D57" t="s">
         <v>108</v>
       </c>
       <c r="E57">
@@ -4314,60 +4317,60 @@
       </c>
       <c r="K57">
         <v>9</v>
       </c>
       <c r="L57" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
         <v>61</v>
       </c>
       <c r="B58">
         <v>95</v>
       </c>
       <c r="C58" t="s">
         <v>109</v>
       </c>
       <c r="D58" t="s">
         <v>110</v>
       </c>
       <c r="E58">
         <v>5</v>
       </c>
       <c r="F58">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="G58">
         <v>1</v>
       </c>
       <c r="H58">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I58">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="J58">
         <v>126</v>
       </c>
       <c r="K58">
         <v>54</v>
       </c>
       <c r="L58" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
         <v>62</v>
       </c>
       <c r="C59" t="s">
         <v>111</v>
       </c>
       <c r="D59" t="s">
         <v>112</v>
       </c>
       <c r="E59">
         <v>5</v>
       </c>
       <c r="F59">
@@ -4413,250 +4416,250 @@
       </c>
       <c r="K60">
         <v>17</v>
       </c>
       <c r="L60" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>65</v>
       </c>
       <c r="B61">
         <v>44</v>
       </c>
       <c r="C61" t="s">
         <v>58</v>
       </c>
       <c r="D61" t="s">
         <v>114</v>
       </c>
       <c r="E61">
         <v>8</v>
       </c>
       <c r="F61">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="G61">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H61">
         <v>44</v>
       </c>
       <c r="I61">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J61">
         <v>17</v>
       </c>
       <c r="K61">
         <v>8</v>
       </c>
       <c r="L61" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>66</v>
       </c>
       <c r="B62">
         <v>20</v>
       </c>
       <c r="C62" t="s">
         <v>116</v>
       </c>
       <c r="D62" t="s">
         <v>117</v>
       </c>
       <c r="E62">
         <v>8</v>
       </c>
       <c r="F62">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="G62">
         <v>23</v>
       </c>
       <c r="H62">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="I62">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="J62">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K62">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L62" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>67</v>
       </c>
       <c r="B63">
         <v>7</v>
       </c>
       <c r="C63" t="s">
         <v>88</v>
       </c>
       <c r="D63" t="s">
         <v>118</v>
       </c>
       <c r="E63">
         <v>8</v>
       </c>
       <c r="F63">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="G63">
         <v>29</v>
       </c>
       <c r="H63">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I63">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="J63">
         <v>55</v>
       </c>
       <c r="K63">
         <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
         <v>68</v>
       </c>
       <c r="B64">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>119</v>
       </c>
       <c r="D64" t="s">
         <v>120</v>
       </c>
       <c r="E64">
         <v>8</v>
       </c>
       <c r="F64">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="G64">
         <v>20</v>
       </c>
       <c r="H64">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I64">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J64">
         <v>92</v>
       </c>
       <c r="K64">
         <v>39</v>
       </c>
       <c r="L64" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
         <v>69</v>
       </c>
       <c r="B65">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>30</v>
       </c>
       <c r="D65" t="s">
         <v>121</v>
       </c>
       <c r="E65">
         <v>8</v>
       </c>
       <c r="F65">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G65">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H65">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I65">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="J65">
         <v>173</v>
       </c>
       <c r="K65">
         <v>66</v>
       </c>
       <c r="L65" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
         <v>70</v>
       </c>
       <c r="B66">
         <v>14</v>
       </c>
       <c r="C66" t="s">
         <v>122</v>
       </c>
       <c r="D66" t="s">
         <v>123</v>
       </c>
       <c r="E66">
         <v>8</v>
       </c>
       <c r="F66">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="G66">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H66">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="I66">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="J66">
         <v>55</v>
       </c>
       <c r="K66">
         <v>24</v>
       </c>
       <c r="L66" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
         <v>71</v>
       </c>
       <c r="B67">
         <v>10</v>
       </c>
       <c r="C67" t="s">
         <v>124</v>
       </c>
       <c r="D67" t="s">
         <v>125</v>
       </c>
       <c r="E67">
@@ -4731,142 +4734,142 @@
       </c>
       <c r="F69">
         <v>5</v>
       </c>
       <c r="L69" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>74</v>
       </c>
       <c r="B70">
         <v>5</v>
       </c>
       <c r="C70" t="s">
         <v>81</v>
       </c>
       <c r="D70" t="s">
         <v>129</v>
       </c>
       <c r="E70">
         <v>8</v>
       </c>
       <c r="F70">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="G70">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H70">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I70">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="J70">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="K70">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L70" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>75</v>
       </c>
       <c r="B71">
         <v>11</v>
       </c>
       <c r="C71" t="s">
         <v>130</v>
       </c>
       <c r="D71" t="s">
         <v>131</v>
       </c>
       <c r="E71">
         <v>8</v>
       </c>
       <c r="F71">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G71">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H71">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I71">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J71">
         <v>117</v>
       </c>
       <c r="K71">
         <v>47</v>
       </c>
       <c r="L71" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>76</v>
       </c>
       <c r="B72">
         <v>17</v>
       </c>
       <c r="C72" t="s">
         <v>132</v>
       </c>
       <c r="D72" t="s">
         <v>133</v>
       </c>
       <c r="E72">
         <v>8</v>
       </c>
       <c r="F72">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="G72">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H72">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="I72">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="J72">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="K72">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L72" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>77</v>
       </c>
       <c r="B73">
         <v>22</v>
       </c>
       <c r="C73" t="s">
         <v>134</v>
       </c>
       <c r="D73" t="s">
         <v>135</v>
       </c>
       <c r="E73">
         <v>8</v>
       </c>
       <c r="F73">
         <v>3</v>
       </c>
       <c r="L73" t="s">
@@ -4906,60 +4909,60 @@
       </c>
       <c r="K74">
         <v>8</v>
       </c>
       <c r="L74" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
         <v>79</v>
       </c>
       <c r="B75">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>137</v>
       </c>
       <c r="D75" t="s">
         <v>138</v>
       </c>
       <c r="E75">
         <v>8</v>
       </c>
       <c r="F75">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="G75">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="H75">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="I75">
-        <v>569</v>
+        <v>586</v>
       </c>
       <c r="J75">
         <v>234</v>
       </c>
       <c r="K75">
         <v>96</v>
       </c>
       <c r="L75" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>80</v>
       </c>
       <c r="C76" t="s">
         <v>42</v>
       </c>
       <c r="D76" t="s">
         <v>139</v>
       </c>
       <c r="E76">
         <v>8</v>
       </c>
       <c r="F76">
@@ -4993,98 +4996,98 @@
       </c>
       <c r="F77">
         <v>6</v>
       </c>
       <c r="L77" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>82</v>
       </c>
       <c r="B78">
         <v>54</v>
       </c>
       <c r="C78" t="s">
         <v>88</v>
       </c>
       <c r="D78" t="s">
         <v>142</v>
       </c>
       <c r="E78">
         <v>8</v>
       </c>
       <c r="F78">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="G78">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H78">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="I78">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="J78">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="K78">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L78" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>83</v>
       </c>
       <c r="B79">
         <v>10</v>
       </c>
       <c r="C79" t="s">
         <v>143</v>
       </c>
       <c r="D79" t="s">
         <v>144</v>
       </c>
       <c r="E79">
         <v>8</v>
       </c>
       <c r="F79">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="G79">
         <v>113</v>
       </c>
       <c r="H79">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="I79">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="J79">
         <v>73</v>
       </c>
       <c r="K79">
         <v>33</v>
       </c>
       <c r="L79" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>85</v>
       </c>
       <c r="B80">
         <v>99</v>
       </c>
       <c r="C80" t="s">
         <v>50</v>
       </c>
       <c r="D80" t="s">
         <v>145</v>
       </c>
       <c r="E80">
@@ -6532,66 +6535,66 @@
       </c>
       <c r="K122">
         <v>45</v>
       </c>
       <c r="L122" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>130</v>
       </c>
       <c r="B123">
         <v>11</v>
       </c>
       <c r="C123" t="s">
         <v>209</v>
       </c>
       <c r="D123" t="s">
         <v>210</v>
       </c>
       <c r="E123">
         <v>7</v>
       </c>
       <c r="F123">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="G123">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H123">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="I123">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="J123">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="K123">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L123" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>131</v>
       </c>
       <c r="B124">
         <v>11</v>
       </c>
       <c r="C124" t="s">
         <v>211</v>
       </c>
       <c r="D124" t="s">
         <v>212</v>
       </c>
       <c r="E124">
         <v>7</v>
       </c>
       <c r="F124">
         <v>23</v>
       </c>
       <c r="G124">
@@ -6651,250 +6654,250 @@
       </c>
       <c r="F126">
         <v>1</v>
       </c>
       <c r="L126" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>134</v>
       </c>
       <c r="B127">
         <v>18</v>
       </c>
       <c r="C127" t="s">
         <v>88</v>
       </c>
       <c r="D127" t="s">
         <v>216</v>
       </c>
       <c r="E127">
         <v>7</v>
       </c>
       <c r="F127">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="G127">
         <v>15</v>
       </c>
       <c r="H127">
         <v>61</v>
       </c>
       <c r="I127">
         <v>76</v>
       </c>
       <c r="J127">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K127">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L127" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>135</v>
       </c>
       <c r="B128">
         <v>5</v>
       </c>
       <c r="C128" t="s">
         <v>217</v>
       </c>
       <c r="D128" t="s">
         <v>74</v>
       </c>
       <c r="E128">
         <v>7</v>
       </c>
       <c r="F128">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="G128">
         <v>14</v>
       </c>
       <c r="H128">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="I128">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J128">
         <v>22</v>
       </c>
       <c r="K128">
         <v>11</v>
       </c>
       <c r="L128" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>136</v>
       </c>
       <c r="B129">
         <v>20</v>
       </c>
       <c r="C129" t="s">
         <v>218</v>
       </c>
       <c r="D129" t="s">
         <v>219</v>
       </c>
       <c r="E129">
         <v>7</v>
       </c>
       <c r="F129">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="G129">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H129">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I129">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="J129">
         <v>27</v>
       </c>
       <c r="K129">
         <v>13</v>
       </c>
       <c r="L129" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
         <v>137</v>
       </c>
       <c r="B130">
         <v>21</v>
       </c>
       <c r="C130" t="s">
         <v>220</v>
       </c>
       <c r="D130" t="s">
         <v>221</v>
       </c>
       <c r="E130">
         <v>7</v>
       </c>
       <c r="F130">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="G130">
         <v>11</v>
       </c>
       <c r="H130">
         <v>49</v>
       </c>
       <c r="I130">
         <v>60</v>
       </c>
       <c r="J130">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="K130">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L130" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>138</v>
       </c>
       <c r="B131">
         <v>22</v>
       </c>
       <c r="C131" t="s">
         <v>222</v>
       </c>
       <c r="D131" t="s">
         <v>223</v>
       </c>
       <c r="E131">
         <v>7</v>
       </c>
       <c r="F131">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="G131">
         <v>26</v>
       </c>
       <c r="H131">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I131">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J131">
         <v>91</v>
       </c>
       <c r="K131">
         <v>41</v>
       </c>
       <c r="L131" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>139</v>
       </c>
       <c r="B132">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="C132" t="s">
         <v>224</v>
       </c>
       <c r="D132" t="s">
         <v>225</v>
       </c>
       <c r="E132">
         <v>7</v>
       </c>
       <c r="F132">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="G132">
+        <v>84</v>
+      </c>
+      <c r="H132">
         <v>81</v>
       </c>
-      <c r="H132">
-[...1 lines deleted...]
-      </c>
       <c r="I132">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="J132">
         <v>146</v>
       </c>
       <c r="K132">
         <v>58</v>
       </c>
       <c r="L132" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>140</v>
       </c>
       <c r="B133">
         <v>87</v>
       </c>
       <c r="C133" t="s">
         <v>126</v>
       </c>
       <c r="D133" t="s">
         <v>226</v>
       </c>
       <c r="E133">
@@ -7145,51 +7148,51 @@
       </c>
       <c r="K139">
         <v>27</v>
       </c>
       <c r="L139" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>149</v>
       </c>
       <c r="B140">
         <v>6</v>
       </c>
       <c r="C140" t="s">
         <v>48</v>
       </c>
       <c r="D140" t="s">
         <v>234</v>
       </c>
       <c r="E140">
         <v>4</v>
       </c>
       <c r="F140">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="G140">
         <v>39</v>
       </c>
       <c r="H140">
         <v>58</v>
       </c>
       <c r="I140">
         <v>97</v>
       </c>
       <c r="J140">
         <v>62</v>
       </c>
       <c r="K140">
         <v>29</v>
       </c>
       <c r="L140" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>150</v>
       </c>
       <c r="B141">
@@ -7373,89 +7376,89 @@
       </c>
       <c r="K145">
         <v>2</v>
       </c>
       <c r="L145" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>155</v>
       </c>
       <c r="B146">
         <v>26</v>
       </c>
       <c r="C146" t="s">
         <v>32</v>
       </c>
       <c r="D146" t="s">
         <v>240</v>
       </c>
       <c r="E146">
         <v>4</v>
       </c>
       <c r="F146">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="G146">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H146">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I146">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="J146">
         <v>64</v>
       </c>
       <c r="K146">
         <v>28</v>
       </c>
       <c r="L146" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>156</v>
       </c>
       <c r="B147">
         <v>8</v>
       </c>
       <c r="C147" t="s">
         <v>241</v>
       </c>
       <c r="D147" t="s">
         <v>242</v>
       </c>
       <c r="E147">
         <v>4</v>
       </c>
       <c r="F147">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="G147">
         <v>45</v>
       </c>
       <c r="H147">
         <v>38</v>
       </c>
       <c r="I147">
         <v>83</v>
       </c>
       <c r="J147">
         <v>51</v>
       </c>
       <c r="K147">
         <v>24</v>
       </c>
       <c r="L147" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>157</v>
       </c>
       <c r="B148">
@@ -7487,66 +7490,66 @@
       </c>
       <c r="K148">
         <v>4</v>
       </c>
       <c r="L148" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
         <v>158</v>
       </c>
       <c r="B149">
         <v>30</v>
       </c>
       <c r="C149" t="s">
         <v>46</v>
       </c>
       <c r="D149" t="s">
         <v>244</v>
       </c>
       <c r="E149">
         <v>4</v>
       </c>
       <c r="F149">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="G149">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H149">
         <v>84</v>
       </c>
       <c r="I149">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J149">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="K149">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="L149" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
         <v>159</v>
       </c>
       <c r="B150">
         <v>77</v>
       </c>
       <c r="C150" t="s">
         <v>198</v>
       </c>
       <c r="D150" t="s">
         <v>245</v>
       </c>
       <c r="E150">
         <v>4</v>
       </c>
       <c r="F150">
         <v>163</v>
       </c>
       <c r="G150">
@@ -8314,60 +8317,60 @@
       </c>
       <c r="K170">
         <v>1</v>
       </c>
       <c r="L170" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>184</v>
       </c>
       <c r="B171">
         <v>25</v>
       </c>
       <c r="C171" t="s">
         <v>269</v>
       </c>
       <c r="D171" t="s">
         <v>108</v>
       </c>
       <c r="E171">
         <v>4</v>
       </c>
       <c r="F171">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="G171">
+        <v>76</v>
+      </c>
+      <c r="H171">
         <v>75</v>
       </c>
-      <c r="H171">
-[...1 lines deleted...]
-      </c>
       <c r="I171">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J171">
         <v>45</v>
       </c>
       <c r="K171">
         <v>21</v>
       </c>
       <c r="L171" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>185</v>
       </c>
       <c r="C172" t="s">
         <v>122</v>
       </c>
       <c r="D172" t="s">
         <v>270</v>
       </c>
       <c r="E172">
         <v>4</v>
       </c>
       <c r="F172">
@@ -8495,60 +8498,60 @@
       </c>
       <c r="K175">
         <v>2</v>
       </c>
       <c r="L175" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>189</v>
       </c>
       <c r="B176">
         <v>16</v>
       </c>
       <c r="C176" t="s">
         <v>179</v>
       </c>
       <c r="D176" t="s">
         <v>275</v>
       </c>
       <c r="E176">
         <v>8</v>
       </c>
       <c r="F176">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="G176">
         <v>95</v>
       </c>
       <c r="H176">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="I176">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="J176">
         <v>176</v>
       </c>
       <c r="K176">
         <v>70</v>
       </c>
       <c r="L176" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>190</v>
       </c>
       <c r="C177" t="s">
         <v>50</v>
       </c>
       <c r="D177" t="s">
         <v>276</v>
       </c>
       <c r="E177">
         <v>8</v>
       </c>
       <c r="F177">
@@ -8606,66 +8609,66 @@
       </c>
       <c r="K178">
         <v>11</v>
       </c>
       <c r="L178" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>192</v>
       </c>
       <c r="B179">
         <v>12</v>
       </c>
       <c r="C179" t="s">
         <v>279</v>
       </c>
       <c r="D179" t="s">
         <v>280</v>
       </c>
       <c r="E179">
         <v>8</v>
       </c>
       <c r="F179">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="G179">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="H179">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="I179">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="J179">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="K179">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="L179" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
         <v>193</v>
       </c>
       <c r="B180">
         <v>22</v>
       </c>
       <c r="C180" t="s">
         <v>281</v>
       </c>
       <c r="D180" t="s">
         <v>282</v>
       </c>
       <c r="E180">
         <v>4</v>
       </c>
       <c r="F180">
         <v>2</v>
       </c>
       <c r="L180" t="s">
@@ -8935,63 +8938,63 @@
       </c>
       <c r="G188">
         <v>3</v>
       </c>
       <c r="H188">
         <v>7</v>
       </c>
       <c r="I188">
         <v>10</v>
       </c>
       <c r="J188">
         <v>27</v>
       </c>
       <c r="K188">
         <v>11</v>
       </c>
       <c r="L188" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
         <v>204</v>
       </c>
       <c r="B189">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C189" t="s">
         <v>86</v>
       </c>
       <c r="D189" t="s">
         <v>293</v>
       </c>
       <c r="E189">
         <v>7</v>
       </c>
       <c r="F189">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G189">
         <v>6</v>
       </c>
       <c r="H189">
         <v>15</v>
       </c>
       <c r="I189">
         <v>21</v>
       </c>
       <c r="J189">
         <v>6</v>
       </c>
       <c r="K189">
         <v>2</v>
       </c>
       <c r="L189" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
         <v>205</v>
       </c>
       <c r="B190">
@@ -9312,60 +9315,60 @@
       </c>
       <c r="K198">
         <v>9</v>
       </c>
       <c r="L198" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
         <v>216</v>
       </c>
       <c r="B199">
         <v>13</v>
       </c>
       <c r="C199" t="s">
         <v>68</v>
       </c>
       <c r="D199" t="s">
         <v>304</v>
       </c>
       <c r="E199">
         <v>8</v>
       </c>
       <c r="F199">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="G199">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="H199">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="I199">
-        <v>209</v>
+        <v>227</v>
       </c>
       <c r="J199">
         <v>8</v>
       </c>
       <c r="K199">
         <v>4</v>
       </c>
       <c r="L199" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
         <v>219</v>
       </c>
       <c r="C200" t="s">
         <v>305</v>
       </c>
       <c r="D200" t="s">
         <v>306</v>
       </c>
       <c r="E200">
         <v>5</v>
       </c>
       <c r="F200">
@@ -9700,60 +9703,60 @@
       </c>
       <c r="K209">
         <v>1</v>
       </c>
       <c r="L209" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
         <v>237</v>
       </c>
       <c r="B210">
         <v>27</v>
       </c>
       <c r="C210" t="s">
         <v>320</v>
       </c>
       <c r="D210" t="s">
         <v>321</v>
       </c>
       <c r="E210">
         <v>8</v>
       </c>
       <c r="F210">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G210">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="H210">
         <v>88</v>
       </c>
       <c r="I210">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J210">
         <v>37</v>
       </c>
       <c r="K210">
         <v>16</v>
       </c>
       <c r="L210" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
         <v>238</v>
       </c>
       <c r="C211" t="s">
         <v>269</v>
       </c>
       <c r="D211" t="s">
         <v>322</v>
       </c>
       <c r="E211">
         <v>5</v>
       </c>
       <c r="F211">
@@ -9790,78 +9793,78 @@
       </c>
       <c r="G212">
         <v>17</v>
       </c>
       <c r="H212">
         <v>12</v>
       </c>
       <c r="I212">
         <v>29</v>
       </c>
       <c r="J212">
         <v>22</v>
       </c>
       <c r="K212">
         <v>10</v>
       </c>
       <c r="L212" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
         <v>243</v>
       </c>
       <c r="B213">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C213" t="s">
         <v>324</v>
       </c>
       <c r="D213" t="s">
         <v>325</v>
       </c>
       <c r="E213">
         <v>5</v>
       </c>
       <c r="F213">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="G213">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H213">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I213">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="J213">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="K213">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L213" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
         <v>247</v>
       </c>
       <c r="B214">
         <v>27</v>
       </c>
       <c r="C214" t="s">
         <v>194</v>
       </c>
       <c r="D214" t="s">
         <v>195</v>
       </c>
       <c r="E214">
         <v>4</v>
       </c>
       <c r="F214">
         <v>50</v>
       </c>
       <c r="G214">
@@ -10512,51 +10515,51 @@
       </c>
       <c r="K231">
         <v>21</v>
       </c>
       <c r="L231" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
         <v>275</v>
       </c>
       <c r="B232">
         <v>23</v>
       </c>
       <c r="C232" t="s">
         <v>273</v>
       </c>
       <c r="D232" t="s">
         <v>274</v>
       </c>
       <c r="E232">
         <v>8</v>
       </c>
       <c r="F232">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="G232">
         <v>29</v>
       </c>
       <c r="H232">
         <v>35</v>
       </c>
       <c r="I232">
         <v>64</v>
       </c>
       <c r="J232">
         <v>18</v>
       </c>
       <c r="K232">
         <v>9</v>
       </c>
       <c r="L232" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
         <v>277</v>
       </c>
       <c r="C233" t="s">
@@ -11741,60 +11744,60 @@
       </c>
       <c r="K265">
         <v>1</v>
       </c>
       <c r="L265" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>342</v>
       </c>
       <c r="B266">
         <v>17</v>
       </c>
       <c r="C266" t="s">
         <v>58</v>
       </c>
       <c r="D266" t="s">
         <v>381</v>
       </c>
       <c r="E266">
         <v>5</v>
       </c>
       <c r="F266">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="G266">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H266">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I266">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J266">
         <v>12</v>
       </c>
       <c r="K266">
         <v>6</v>
       </c>
       <c r="L266" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>349</v>
       </c>
       <c r="B267">
         <v>17</v>
       </c>
       <c r="C267" t="s">
         <v>73</v>
       </c>
       <c r="D267" t="s">
         <v>382</v>
       </c>
       <c r="E267">
@@ -11817,51 +11820,51 @@
       </c>
       <c r="K267">
         <v>1</v>
       </c>
       <c r="L267" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
         <v>350</v>
       </c>
       <c r="B268">
         <v>5</v>
       </c>
       <c r="C268" t="s">
         <v>137</v>
       </c>
       <c r="D268" t="s">
         <v>383</v>
       </c>
       <c r="E268">
         <v>5</v>
       </c>
       <c r="F268">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G268">
         <v>6</v>
       </c>
       <c r="H268">
         <v>7</v>
       </c>
       <c r="I268">
         <v>13</v>
       </c>
       <c r="J268">
         <v>2</v>
       </c>
       <c r="K268">
         <v>1</v>
       </c>
       <c r="L268" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
         <v>354</v>
       </c>
       <c r="B269">
@@ -12252,60 +12255,60 @@
       </c>
       <c r="K279">
         <v>10</v>
       </c>
       <c r="L279" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
         <v>366</v>
       </c>
       <c r="B280">
         <v>16</v>
       </c>
       <c r="C280" t="s">
         <v>395</v>
       </c>
       <c r="D280" t="s">
         <v>396</v>
       </c>
       <c r="E280">
         <v>4</v>
       </c>
       <c r="F280">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="G280">
         <v>24</v>
       </c>
       <c r="H280">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I280">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J280">
         <v>12</v>
       </c>
       <c r="K280">
         <v>6</v>
       </c>
       <c r="L280" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
         <v>367</v>
       </c>
       <c r="B281">
         <v>6</v>
       </c>
       <c r="C281" t="s">
         <v>75</v>
       </c>
       <c r="D281" t="s">
         <v>397</v>
       </c>
       <c r="E281">
@@ -12607,51 +12610,51 @@
       </c>
       <c r="I290">
         <v>4</v>
       </c>
       <c r="L290" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
         <v>380</v>
       </c>
       <c r="B291">
         <v>44</v>
       </c>
       <c r="C291" t="s">
         <v>408</v>
       </c>
       <c r="D291" t="s">
         <v>409</v>
       </c>
       <c r="E291">
         <v>6</v>
       </c>
       <c r="F291">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="G291">
         <v>16</v>
       </c>
       <c r="H291">
         <v>27</v>
       </c>
       <c r="I291">
         <v>43</v>
       </c>
       <c r="J291">
         <v>6</v>
       </c>
       <c r="K291">
         <v>3</v>
       </c>
       <c r="L291" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
         <v>383</v>
       </c>
       <c r="B292">
@@ -12867,142 +12870,142 @@
       </c>
       <c r="I297">
         <v>11</v>
       </c>
       <c r="L297" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
         <v>389</v>
       </c>
       <c r="B298">
         <v>14</v>
       </c>
       <c r="C298" t="s">
         <v>124</v>
       </c>
       <c r="D298" t="s">
         <v>415</v>
       </c>
       <c r="E298">
         <v>7</v>
       </c>
       <c r="F298">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="G298">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H298">
         <v>13</v>
       </c>
       <c r="I298">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="J298">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="K298">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L298" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>390</v>
       </c>
       <c r="B299">
         <v>33</v>
       </c>
       <c r="C299" t="s">
         <v>174</v>
       </c>
       <c r="D299" t="s">
         <v>175</v>
       </c>
       <c r="E299">
         <v>11</v>
       </c>
       <c r="F299">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="G299">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H299">
+        <v>62</v>
+      </c>
+      <c r="I299">
+        <v>88</v>
+      </c>
+      <c r="J299">
         <v>60</v>
       </c>
-      <c r="I299">
-[...4 lines deleted...]
-      </c>
       <c r="K299">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="L299" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>391</v>
       </c>
       <c r="B300">
         <v>7</v>
       </c>
       <c r="C300" t="s">
         <v>103</v>
       </c>
       <c r="D300" t="s">
         <v>389</v>
       </c>
       <c r="E300">
         <v>11</v>
       </c>
       <c r="F300">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="G300">
         <v>10</v>
       </c>
       <c r="H300">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="I300">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="J300">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K300">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L300" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>392</v>
       </c>
       <c r="B301">
         <v>11</v>
       </c>
       <c r="C301" t="s">
         <v>255</v>
       </c>
       <c r="D301" t="s">
         <v>256</v>
       </c>
       <c r="E301">
         <v>11</v>
       </c>
       <c r="F301">
         <v>37</v>
       </c>
       <c r="G301">
@@ -13019,60 +13022,60 @@
       </c>
       <c r="K301">
         <v>6</v>
       </c>
       <c r="L301" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>393</v>
       </c>
       <c r="B302">
         <v>96</v>
       </c>
       <c r="C302" t="s">
         <v>15</v>
       </c>
       <c r="D302" t="s">
         <v>417</v>
       </c>
       <c r="E302">
         <v>11</v>
       </c>
       <c r="F302">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="G302">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="H302">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="I302">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="J302">
         <v>36</v>
       </c>
       <c r="K302">
         <v>17</v>
       </c>
       <c r="L302" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>394</v>
       </c>
       <c r="B303">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>68</v>
       </c>
       <c r="D303" t="s">
         <v>418</v>
       </c>
       <c r="E303">
@@ -13095,98 +13098,98 @@
       </c>
       <c r="K303">
         <v>4</v>
       </c>
       <c r="L303" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>395</v>
       </c>
       <c r="B304">
         <v>20</v>
       </c>
       <c r="C304" t="s">
         <v>147</v>
       </c>
       <c r="D304" t="s">
         <v>390</v>
       </c>
       <c r="E304">
         <v>11</v>
       </c>
       <c r="F304">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G304">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="H304">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="I304">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="J304">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K304">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L304" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>396</v>
       </c>
       <c r="B305">
         <v>45</v>
       </c>
       <c r="C305" t="s">
         <v>132</v>
       </c>
       <c r="D305" t="s">
         <v>391</v>
       </c>
       <c r="E305">
         <v>11</v>
       </c>
       <c r="F305">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="G305">
         <v>21</v>
       </c>
       <c r="H305">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="I305">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="J305">
         <v>4</v>
       </c>
       <c r="K305">
         <v>2</v>
       </c>
       <c r="L305" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>397</v>
       </c>
       <c r="B306">
         <v>13</v>
       </c>
       <c r="C306" t="s">
         <v>186</v>
       </c>
       <c r="D306" t="s">
         <v>187</v>
       </c>
       <c r="E306">
@@ -13209,98 +13212,98 @@
       </c>
       <c r="K306">
         <v>12</v>
       </c>
       <c r="L306" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>398</v>
       </c>
       <c r="B307">
         <v>88</v>
       </c>
       <c r="C307" t="s">
         <v>361</v>
       </c>
       <c r="D307" t="s">
         <v>362</v>
       </c>
       <c r="E307">
         <v>11</v>
       </c>
       <c r="F307">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="G307">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H307">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="I307">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J307">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="K307">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="L307" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>399</v>
       </c>
       <c r="B308">
         <v>19</v>
       </c>
       <c r="C308" t="s">
         <v>419</v>
       </c>
       <c r="D308" t="s">
         <v>348</v>
       </c>
       <c r="E308">
         <v>11</v>
       </c>
       <c r="F308">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="G308">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="H308">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="I308">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="J308">
         <v>22</v>
       </c>
       <c r="K308">
         <v>11</v>
       </c>
       <c r="L308" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>400</v>
       </c>
       <c r="C309" t="s">
         <v>194</v>
       </c>
       <c r="D309" t="s">
         <v>195</v>
       </c>
       <c r="E309">
         <v>11</v>
       </c>
       <c r="F309">
@@ -13726,66 +13729,66 @@
       </c>
       <c r="K320">
         <v>9</v>
       </c>
       <c r="L320" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
         <v>414</v>
       </c>
       <c r="B321">
         <v>7</v>
       </c>
       <c r="C321" t="s">
         <v>431</v>
       </c>
       <c r="D321" t="s">
         <v>432</v>
       </c>
       <c r="E321">
         <v>12</v>
       </c>
       <c r="F321">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="G321">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H321">
         <v>55</v>
       </c>
       <c r="I321">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="J321">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="K321">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L321" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
         <v>415</v>
       </c>
       <c r="B322">
         <v>14</v>
       </c>
       <c r="C322" t="s">
         <v>249</v>
       </c>
       <c r="D322" t="s">
         <v>250</v>
       </c>
       <c r="E322">
         <v>12</v>
       </c>
       <c r="F322">
         <v>57</v>
       </c>
       <c r="G322">
@@ -13802,98 +13805,98 @@
       </c>
       <c r="K322">
         <v>30</v>
       </c>
       <c r="L322" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>416</v>
       </c>
       <c r="B323">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>383</v>
       </c>
       <c r="D323" t="s">
         <v>433</v>
       </c>
       <c r="E323">
         <v>12</v>
       </c>
       <c r="F323">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="G323">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H323">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I323">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="J323">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="K323">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="L323" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>417</v>
       </c>
       <c r="B324">
         <v>10</v>
       </c>
       <c r="C324" t="s">
         <v>285</v>
       </c>
       <c r="D324" t="s">
         <v>434</v>
       </c>
       <c r="E324">
         <v>12</v>
       </c>
       <c r="F324">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G324">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H324">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="I324">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="J324">
         <v>34</v>
       </c>
       <c r="K324">
         <v>16</v>
       </c>
       <c r="L324" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
         <v>418</v>
       </c>
       <c r="B325">
         <v>5</v>
       </c>
       <c r="C325" t="s">
         <v>269</v>
       </c>
       <c r="D325" t="s">
         <v>288</v>
       </c>
       <c r="E325">
@@ -13916,212 +13919,212 @@
       </c>
       <c r="K325">
         <v>14</v>
       </c>
       <c r="L325" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
         <v>419</v>
       </c>
       <c r="B326">
         <v>12</v>
       </c>
       <c r="C326" t="s">
         <v>435</v>
       </c>
       <c r="D326" t="s">
         <v>436</v>
       </c>
       <c r="E326">
         <v>12</v>
       </c>
       <c r="F326">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G326">
         <v>23</v>
       </c>
       <c r="H326">
+        <v>35</v>
+      </c>
+      <c r="I326">
+        <v>58</v>
+      </c>
+      <c r="J326">
         <v>34</v>
       </c>
-      <c r="I326">
-[...4 lines deleted...]
-      </c>
       <c r="K326">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L326" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>420</v>
       </c>
       <c r="B327">
         <v>25</v>
       </c>
       <c r="C327" t="s">
         <v>100</v>
       </c>
       <c r="D327" t="s">
         <v>257</v>
       </c>
       <c r="E327">
         <v>12</v>
       </c>
       <c r="F327">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="G327">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H327">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I327">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J327">
         <v>30</v>
       </c>
       <c r="K327">
         <v>15</v>
       </c>
       <c r="L327" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>421</v>
       </c>
       <c r="B328">
         <v>14</v>
       </c>
       <c r="C328" t="s">
         <v>437</v>
       </c>
       <c r="D328" t="s">
         <v>438</v>
       </c>
       <c r="E328">
         <v>12</v>
       </c>
       <c r="F328">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G328">
         <v>2</v>
       </c>
       <c r="H328">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I328">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="J328">
         <v>6</v>
       </c>
       <c r="K328">
         <v>3</v>
       </c>
       <c r="L328" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>422</v>
       </c>
       <c r="B329">
         <v>15</v>
       </c>
       <c r="C329" t="s">
         <v>96</v>
       </c>
       <c r="D329" t="s">
         <v>439</v>
       </c>
       <c r="E329">
         <v>12</v>
       </c>
       <c r="F329">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G329">
         <v>8</v>
       </c>
       <c r="H329">
         <v>27</v>
       </c>
       <c r="I329">
         <v>35</v>
       </c>
       <c r="J329">
         <v>50</v>
       </c>
       <c r="K329">
         <v>22</v>
       </c>
       <c r="L329" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>423</v>
       </c>
       <c r="B330">
         <v>91</v>
       </c>
       <c r="C330" t="s">
         <v>440</v>
       </c>
       <c r="D330" t="s">
         <v>441</v>
       </c>
       <c r="E330">
         <v>12</v>
       </c>
       <c r="F330">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="G330">
         <v>23</v>
       </c>
       <c r="H330">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I330">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J330">
         <v>28</v>
       </c>
       <c r="K330">
         <v>14</v>
       </c>
       <c r="L330" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>425</v>
       </c>
       <c r="B331">
         <v>16</v>
       </c>
       <c r="C331" t="s">
         <v>15</v>
       </c>
       <c r="D331" t="s">
         <v>442</v>
       </c>
       <c r="E331">
@@ -14144,60 +14147,60 @@
       </c>
       <c r="K331">
         <v>20</v>
       </c>
       <c r="L331" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>426</v>
       </c>
       <c r="B332">
         <v>91</v>
       </c>
       <c r="C332" t="s">
         <v>15</v>
       </c>
       <c r="D332" t="s">
         <v>443</v>
       </c>
       <c r="E332">
         <v>6</v>
       </c>
       <c r="F332">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G332">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H332">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I332">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="J332">
         <v>28</v>
       </c>
       <c r="K332">
         <v>14</v>
       </c>
       <c r="L332" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>427</v>
       </c>
       <c r="B333">
         <v>20</v>
       </c>
       <c r="C333" t="s">
         <v>444</v>
       </c>
       <c r="D333" t="s">
         <v>445</v>
       </c>
       <c r="E333">
@@ -14220,66 +14223,66 @@
       </c>
       <c r="K333">
         <v>1</v>
       </c>
       <c r="L333" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>428</v>
       </c>
       <c r="B334">
         <v>14</v>
       </c>
       <c r="C334" t="s">
         <v>446</v>
       </c>
       <c r="D334" t="s">
         <v>447</v>
       </c>
       <c r="E334">
         <v>11</v>
       </c>
       <c r="F334">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="G334">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="H334">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="I334">
-        <v>171</v>
+        <v>193</v>
       </c>
       <c r="J334">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K334">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L334" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>429</v>
       </c>
       <c r="B335">
         <v>29</v>
       </c>
       <c r="C335" t="s">
         <v>49</v>
       </c>
       <c r="D335" t="s">
         <v>448</v>
       </c>
       <c r="E335">
         <v>11</v>
       </c>
       <c r="F335">
         <v>47</v>
       </c>
       <c r="G335">
@@ -14296,60 +14299,60 @@
       </c>
       <c r="K335">
         <v>11</v>
       </c>
       <c r="L335" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>431</v>
       </c>
       <c r="B336">
         <v>16</v>
       </c>
       <c r="C336" t="s">
         <v>15</v>
       </c>
       <c r="D336" t="s">
         <v>449</v>
       </c>
       <c r="E336">
         <v>12</v>
       </c>
       <c r="F336">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="G336">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H336">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I336">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="J336">
         <v>40</v>
       </c>
       <c r="K336">
         <v>19</v>
       </c>
       <c r="L336" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>434</v>
       </c>
       <c r="B337">
         <v>12</v>
       </c>
       <c r="C337" t="s">
         <v>46</v>
       </c>
       <c r="D337" t="s">
         <v>296</v>
       </c>
       <c r="E337">
@@ -14372,66 +14375,66 @@
       </c>
       <c r="K337">
         <v>2</v>
       </c>
       <c r="L337" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>435</v>
       </c>
       <c r="B338">
         <v>10</v>
       </c>
       <c r="C338" t="s">
         <v>408</v>
       </c>
       <c r="D338" t="s">
         <v>450</v>
       </c>
       <c r="E338">
         <v>11</v>
       </c>
       <c r="F338">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="G338">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="H338">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="I338">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="J338">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="K338">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L338" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>436</v>
       </c>
       <c r="C339" t="s">
         <v>451</v>
       </c>
       <c r="D339" t="s">
         <v>452</v>
       </c>
       <c r="E339">
         <v>2</v>
       </c>
       <c r="F339">
         <v>7</v>
       </c>
       <c r="G339">
         <v>1</v>
       </c>
       <c r="H339">
@@ -14786,60 +14789,60 @@
       </c>
       <c r="F349">
         <v>1</v>
       </c>
       <c r="L349" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
         <v>454</v>
       </c>
       <c r="B350">
         <v>6</v>
       </c>
       <c r="C350" t="s">
         <v>23</v>
       </c>
       <c r="D350" t="s">
         <v>465</v>
       </c>
       <c r="E350">
         <v>12</v>
       </c>
       <c r="F350">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G350">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H350">
         <v>18</v>
       </c>
       <c r="I350">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L350" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
         <v>456</v>
       </c>
       <c r="C351" t="s">
         <v>42</v>
       </c>
       <c r="D351" t="s">
         <v>466</v>
       </c>
       <c r="E351">
         <v>5</v>
       </c>
       <c r="F351">
         <v>63</v>
       </c>
       <c r="G351">
         <v>36</v>
       </c>
       <c r="H351">
@@ -14853,66 +14856,66 @@
       </c>
       <c r="K351">
         <v>10</v>
       </c>
       <c r="L351" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>457</v>
       </c>
       <c r="B352">
         <v>15</v>
       </c>
       <c r="C352" t="s">
         <v>103</v>
       </c>
       <c r="D352" t="s">
         <v>467</v>
       </c>
       <c r="E352">
         <v>5</v>
       </c>
       <c r="F352">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="G352">
         <v>17</v>
       </c>
       <c r="H352">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I352">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J352">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="K352">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="L352" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>458</v>
       </c>
       <c r="B353">
         <v>99</v>
       </c>
       <c r="C353" t="s">
         <v>468</v>
       </c>
       <c r="D353" t="s">
         <v>469</v>
       </c>
       <c r="E353">
         <v>12</v>
       </c>
       <c r="F353">
         <v>1</v>
       </c>
       <c r="G353">
@@ -14923,66 +14926,66 @@
       </c>
       <c r="I353">
         <v>2</v>
       </c>
       <c r="L353" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>460</v>
       </c>
       <c r="B354">
         <v>2</v>
       </c>
       <c r="C354" t="s">
         <v>186</v>
       </c>
       <c r="D354" t="s">
         <v>470</v>
       </c>
       <c r="E354">
         <v>4</v>
       </c>
       <c r="F354">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="G354">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H354">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I354">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="J354">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="K354">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="L354" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>461</v>
       </c>
       <c r="B355">
         <v>7</v>
       </c>
       <c r="C355" t="s">
         <v>253</v>
       </c>
       <c r="D355" t="s">
         <v>254</v>
       </c>
       <c r="E355">
         <v>4</v>
       </c>
       <c r="F355">
         <v>33</v>
       </c>
       <c r="G355">
@@ -14999,98 +15002,98 @@
       </c>
       <c r="K355">
         <v>4</v>
       </c>
       <c r="L355" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>462</v>
       </c>
       <c r="B356">
         <v>4</v>
       </c>
       <c r="C356" t="s">
         <v>203</v>
       </c>
       <c r="D356" t="s">
         <v>404</v>
       </c>
       <c r="E356">
         <v>4</v>
       </c>
       <c r="F356">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="G356">
         <v>10</v>
       </c>
       <c r="H356">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I356">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J356">
         <v>34</v>
       </c>
       <c r="K356">
         <v>17</v>
       </c>
       <c r="L356" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>463</v>
       </c>
       <c r="B357">
         <v>15</v>
       </c>
       <c r="C357" t="s">
         <v>32</v>
       </c>
       <c r="D357" t="s">
         <v>339</v>
       </c>
       <c r="E357">
         <v>4</v>
       </c>
       <c r="F357">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="G357">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H357">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I357">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="J357">
         <v>26</v>
       </c>
       <c r="K357">
         <v>12</v>
       </c>
       <c r="L357" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>465</v>
       </c>
       <c r="B358">
         <v>19</v>
       </c>
       <c r="C358" t="s">
         <v>419</v>
       </c>
       <c r="D358" t="s">
         <v>348</v>
       </c>
       <c r="E358">
@@ -15910,133 +15913,139 @@
       </c>
       <c r="K383">
         <v>8</v>
       </c>
       <c r="L383" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
         <v>509</v>
       </c>
       <c r="B384">
         <v>20</v>
       </c>
       <c r="C384" t="s">
         <v>46</v>
       </c>
       <c r="D384" t="s">
         <v>405</v>
       </c>
       <c r="E384">
         <v>4</v>
       </c>
       <c r="F384">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="G384">
         <v>14</v>
       </c>
       <c r="H384">
         <v>19</v>
       </c>
       <c r="I384">
         <v>33</v>
       </c>
       <c r="J384">
         <v>16</v>
       </c>
       <c r="K384">
         <v>8</v>
       </c>
       <c r="L384" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>511</v>
       </c>
       <c r="B385">
         <v>3</v>
       </c>
       <c r="C385" t="s">
         <v>156</v>
       </c>
       <c r="D385" t="s">
         <v>489</v>
       </c>
       <c r="E385">
         <v>7</v>
       </c>
       <c r="F385">
-        <v>8</v>
+        <v>15</v>
+      </c>
+      <c r="H385">
+        <v>1</v>
+      </c>
+      <c r="I385">
+        <v>1</v>
       </c>
       <c r="J385">
         <v>2</v>
       </c>
       <c r="K385">
         <v>1</v>
       </c>
       <c r="L385" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>513</v>
       </c>
       <c r="B386">
         <v>28</v>
       </c>
       <c r="C386" t="s">
         <v>490</v>
       </c>
       <c r="D386" t="s">
         <v>491</v>
       </c>
       <c r="E386">
         <v>11</v>
       </c>
       <c r="F386">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G386">
         <v>31</v>
       </c>
       <c r="H386">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I386">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="J386">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="K386">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L386" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>514</v>
       </c>
       <c r="B387">
         <v>24</v>
       </c>
       <c r="C387" t="s">
         <v>46</v>
       </c>
       <c r="D387" t="s">
         <v>487</v>
       </c>
       <c r="E387">
         <v>11</v>
       </c>
       <c r="F387">
         <v>15</v>
       </c>
       <c r="H387">
@@ -16088,66 +16097,66 @@
       </c>
       <c r="K388">
         <v>6</v>
       </c>
       <c r="L388" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>517</v>
       </c>
       <c r="B389">
         <v>20</v>
       </c>
       <c r="C389" t="s">
         <v>493</v>
       </c>
       <c r="D389" t="s">
         <v>494</v>
       </c>
       <c r="E389">
         <v>6</v>
       </c>
       <c r="F389">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="G389">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H389">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="I389">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="J389">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K389">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L389" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>518</v>
       </c>
       <c r="B390">
         <v>77</v>
       </c>
       <c r="C390" t="s">
         <v>309</v>
       </c>
       <c r="D390" t="s">
         <v>477</v>
       </c>
       <c r="E390">
         <v>6</v>
       </c>
       <c r="F390">
         <v>27</v>
       </c>
       <c r="G390">
@@ -16417,98 +16426,98 @@
       </c>
       <c r="I398">
         <v>1</v>
       </c>
       <c r="L398" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>536</v>
       </c>
       <c r="B399">
         <v>8</v>
       </c>
       <c r="C399" t="s">
         <v>506</v>
       </c>
       <c r="D399" t="s">
         <v>507</v>
       </c>
       <c r="E399">
         <v>12</v>
       </c>
       <c r="F399">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G399">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H399">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I399">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="J399">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K399">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L399" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>539</v>
       </c>
       <c r="B400">
         <v>40</v>
       </c>
       <c r="C400" t="s">
         <v>203</v>
       </c>
       <c r="D400" t="s">
         <v>508</v>
       </c>
       <c r="E400">
         <v>4</v>
       </c>
       <c r="F400">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="G400">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="H400">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I400">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="J400">
         <v>12</v>
       </c>
       <c r="K400">
         <v>6</v>
       </c>
       <c r="L400" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>540</v>
       </c>
       <c r="B401">
         <v>9</v>
       </c>
       <c r="C401" t="s">
         <v>509</v>
       </c>
       <c r="D401" t="s">
         <v>510</v>
       </c>
       <c r="E401">
@@ -16630,121 +16639,121 @@
       </c>
       <c r="K404">
         <v>2</v>
       </c>
       <c r="L404" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>544</v>
       </c>
       <c r="B405">
         <v>11</v>
       </c>
       <c r="C405" t="s">
         <v>15</v>
       </c>
       <c r="D405" t="s">
         <v>513</v>
       </c>
       <c r="E405">
         <v>5</v>
       </c>
       <c r="F405">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="G405">
+        <v>23</v>
+      </c>
+      <c r="H405">
+        <v>18</v>
+      </c>
+      <c r="I405">
+        <v>41</v>
+      </c>
+      <c r="J405">
+        <v>46</v>
+      </c>
+      <c r="K405">
         <v>21</v>
-      </c>
-[...10 lines deleted...]
-        <v>20</v>
       </c>
       <c r="L405" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>545</v>
       </c>
       <c r="B406">
         <v>4</v>
       </c>
       <c r="C406" t="s">
         <v>58</v>
       </c>
       <c r="D406" t="s">
         <v>514</v>
       </c>
       <c r="E406">
         <v>12</v>
       </c>
       <c r="F406">
         <v>1</v>
       </c>
       <c r="L406" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>546</v>
       </c>
       <c r="B407">
         <v>8</v>
       </c>
       <c r="C407" t="s">
         <v>220</v>
       </c>
       <c r="D407" t="s">
         <v>515</v>
       </c>
       <c r="E407">
         <v>12</v>
       </c>
       <c r="F407">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G407">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H407">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I407">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="J407">
         <v>20</v>
       </c>
       <c r="K407">
         <v>9</v>
       </c>
       <c r="L407" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>557</v>
       </c>
       <c r="B408">
         <v>10</v>
       </c>
       <c r="C408" t="s">
         <v>516</v>
       </c>
       <c r="D408" t="s">
         <v>235</v>
       </c>
       <c r="E408">
@@ -16802,66 +16811,66 @@
       </c>
       <c r="K409">
         <v>3</v>
       </c>
       <c r="L409" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
         <v>559</v>
       </c>
       <c r="B410">
         <v>27</v>
       </c>
       <c r="C410" t="s">
         <v>58</v>
       </c>
       <c r="D410" t="s">
         <v>518</v>
       </c>
       <c r="E410">
         <v>4</v>
       </c>
       <c r="F410">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G410">
         <v>3</v>
       </c>
       <c r="H410">
+        <v>25</v>
+      </c>
+      <c r="I410">
+        <v>28</v>
+      </c>
+      <c r="J410">
+        <v>53</v>
+      </c>
+      <c r="K410">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
       <c r="L410" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
         <v>560</v>
       </c>
       <c r="B411">
         <v>3</v>
       </c>
       <c r="C411" t="s">
         <v>263</v>
       </c>
       <c r="D411" t="s">
         <v>519</v>
       </c>
       <c r="E411">
         <v>4</v>
       </c>
       <c r="F411">
         <v>42</v>
       </c>
       <c r="G411">
@@ -17091,60 +17100,60 @@
       </c>
       <c r="K417">
         <v>2</v>
       </c>
       <c r="L417" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>568</v>
       </c>
       <c r="B418">
         <v>21</v>
       </c>
       <c r="C418" t="s">
         <v>499</v>
       </c>
       <c r="D418" t="s">
         <v>525</v>
       </c>
       <c r="E418">
         <v>5</v>
       </c>
       <c r="F418">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G418">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H418">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I418">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="J418">
         <v>4</v>
       </c>
       <c r="K418">
         <v>2</v>
       </c>
       <c r="L418" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>569</v>
       </c>
       <c r="B419">
         <v>19</v>
       </c>
       <c r="C419" t="s">
         <v>526</v>
       </c>
       <c r="D419" t="s">
         <v>362</v>
       </c>
       <c r="E419">
@@ -17470,66 +17479,66 @@
       </c>
       <c r="I428">
         <v>4</v>
       </c>
       <c r="L428" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
         <v>584</v>
       </c>
       <c r="B429">
         <v>5</v>
       </c>
       <c r="C429" t="s">
         <v>533</v>
       </c>
       <c r="D429" t="s">
         <v>405</v>
       </c>
       <c r="E429">
         <v>5</v>
       </c>
       <c r="F429">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G429">
         <v>3</v>
       </c>
       <c r="H429">
         <v>10</v>
       </c>
       <c r="I429">
         <v>13</v>
       </c>
       <c r="J429">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K429">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L429" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
         <v>585</v>
       </c>
       <c r="B430">
         <v>18</v>
       </c>
       <c r="C430" t="s">
         <v>534</v>
       </c>
       <c r="D430" t="s">
         <v>535</v>
       </c>
       <c r="E430">
         <v>9</v>
       </c>
       <c r="F430">
         <v>2</v>
       </c>
       <c r="G430">
@@ -17741,180 +17750,180 @@
       </c>
       <c r="K436">
         <v>1</v>
       </c>
       <c r="L436" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
         <v>593</v>
       </c>
       <c r="B437">
         <v>4</v>
       </c>
       <c r="C437" t="s">
         <v>541</v>
       </c>
       <c r="D437" t="s">
         <v>542</v>
       </c>
       <c r="E437">
         <v>16</v>
       </c>
       <c r="F437">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="G437">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H437">
         <v>7</v>
       </c>
       <c r="I437">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J437">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="K437">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="L437" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>594</v>
       </c>
       <c r="B438">
         <v>6</v>
       </c>
       <c r="C438" t="s">
         <v>309</v>
       </c>
       <c r="D438" t="s">
         <v>543</v>
       </c>
       <c r="E438">
         <v>16</v>
       </c>
       <c r="F438">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="G438">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="H438">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I438">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="J438">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="K438">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L438" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>595</v>
       </c>
       <c r="B439">
         <v>7</v>
       </c>
       <c r="C439" t="s">
         <v>30</v>
       </c>
       <c r="D439" t="s">
         <v>544</v>
       </c>
       <c r="E439">
         <v>16</v>
       </c>
       <c r="F439">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G439">
         <v>4</v>
       </c>
       <c r="H439">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="I439">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="J439">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K439">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L439" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>596</v>
       </c>
       <c r="B440">
         <v>9</v>
       </c>
       <c r="C440" t="s">
         <v>545</v>
       </c>
       <c r="D440" t="s">
         <v>546</v>
       </c>
       <c r="E440">
         <v>16</v>
       </c>
       <c r="F440">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G440">
         <v>2</v>
       </c>
       <c r="H440">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="I440">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="J440">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K440">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L440" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>597</v>
       </c>
       <c r="B441">
         <v>11</v>
       </c>
       <c r="C441" t="s">
         <v>38</v>
       </c>
       <c r="D441" t="s">
         <v>450</v>
       </c>
       <c r="E441">
         <v>16</v>
       </c>
       <c r="F441">
         <v>14</v>
       </c>
       <c r="G441">
@@ -17931,60 +17940,60 @@
       </c>
       <c r="K441">
         <v>5</v>
       </c>
       <c r="L441" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>598</v>
       </c>
       <c r="B442">
         <v>12</v>
       </c>
       <c r="C442" t="s">
         <v>307</v>
       </c>
       <c r="D442" t="s">
         <v>547</v>
       </c>
       <c r="E442">
         <v>16</v>
       </c>
       <c r="F442">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="G442">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="H442">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="I442">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="J442">
         <v>16</v>
       </c>
       <c r="K442">
         <v>8</v>
       </c>
       <c r="L442" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>599</v>
       </c>
       <c r="B443">
         <v>16</v>
       </c>
       <c r="C443" t="s">
         <v>217</v>
       </c>
       <c r="D443" t="s">
         <v>548</v>
       </c>
       <c r="E443">
@@ -18001,60 +18010,66 @@
       </c>
       <c r="I443">
         <v>2</v>
       </c>
       <c r="L443" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>600</v>
       </c>
       <c r="B444">
         <v>20</v>
       </c>
       <c r="C444" t="s">
         <v>15</v>
       </c>
       <c r="D444" t="s">
         <v>77</v>
       </c>
       <c r="E444">
         <v>16</v>
       </c>
       <c r="F444">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="G444">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H444">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I444">
-        <v>35</v>
+        <v>43</v>
+      </c>
+      <c r="J444">
+        <v>2</v>
+      </c>
+      <c r="K444">
+        <v>1</v>
       </c>
       <c r="L444" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>601</v>
       </c>
       <c r="B445">
         <v>21</v>
       </c>
       <c r="C445" t="s">
         <v>200</v>
       </c>
       <c r="D445" t="s">
         <v>549</v>
       </c>
       <c r="E445">
         <v>16</v>
       </c>
       <c r="F445">
         <v>29</v>
       </c>
       <c r="G445">
@@ -18071,60 +18086,60 @@
       </c>
       <c r="K445">
         <v>2</v>
       </c>
       <c r="L445" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>602</v>
       </c>
       <c r="B446">
         <v>24</v>
       </c>
       <c r="C446" t="s">
         <v>220</v>
       </c>
       <c r="D446" t="s">
         <v>49</v>
       </c>
       <c r="E446">
         <v>16</v>
       </c>
       <c r="F446">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G446">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="H446">
         <v>17</v>
       </c>
       <c r="I446">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="J446">
         <v>8</v>
       </c>
       <c r="K446">
         <v>4</v>
       </c>
       <c r="L446" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>603</v>
       </c>
       <c r="B447">
         <v>88</v>
       </c>
       <c r="C447" t="s">
         <v>550</v>
       </c>
       <c r="D447" t="s">
         <v>551</v>
       </c>
       <c r="E447">
@@ -18147,142 +18162,142 @@
       </c>
       <c r="K447">
         <v>2</v>
       </c>
       <c r="L447" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>604</v>
       </c>
       <c r="B448">
         <v>66</v>
       </c>
       <c r="C448" t="s">
         <v>68</v>
       </c>
       <c r="D448" t="s">
         <v>552</v>
       </c>
       <c r="E448">
         <v>16</v>
       </c>
       <c r="F448">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="G448">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H448">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="I448">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="J448">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="K448">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L448" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>605</v>
       </c>
       <c r="B449">
         <v>13</v>
       </c>
       <c r="C449" t="s">
         <v>98</v>
       </c>
       <c r="D449" t="s">
         <v>553</v>
       </c>
       <c r="E449">
         <v>16</v>
       </c>
       <c r="F449">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G449">
         <v>4</v>
       </c>
       <c r="H449">
         <v>5</v>
       </c>
       <c r="I449">
         <v>9</v>
       </c>
       <c r="J449">
         <v>4</v>
       </c>
       <c r="K449">
         <v>2</v>
       </c>
       <c r="L449" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>606</v>
       </c>
       <c r="B450">
         <v>15</v>
       </c>
       <c r="C450" t="s">
         <v>96</v>
       </c>
       <c r="D450" t="s">
         <v>554</v>
       </c>
       <c r="E450">
         <v>16</v>
       </c>
       <c r="F450">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G450">
         <v>16</v>
       </c>
       <c r="H450">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I450">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J450">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="K450">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L450" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>607</v>
       </c>
       <c r="B451">
         <v>5</v>
       </c>
       <c r="C451" t="s">
         <v>555</v>
       </c>
       <c r="D451" t="s">
         <v>556</v>
       </c>
       <c r="E451">
         <v>16</v>
       </c>
       <c r="F451">
         <v>10</v>
       </c>
       <c r="G451">
@@ -18290,66 +18305,66 @@
       </c>
       <c r="I451">
         <v>2</v>
       </c>
       <c r="L451" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>608</v>
       </c>
       <c r="B452">
         <v>8</v>
       </c>
       <c r="C452" t="s">
         <v>361</v>
       </c>
       <c r="D452" t="s">
         <v>557</v>
       </c>
       <c r="E452">
         <v>16</v>
       </c>
       <c r="F452">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G452">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H452">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="I452">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="J452">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="K452">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L452" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>609</v>
       </c>
       <c r="B453">
         <v>10</v>
       </c>
       <c r="C453" t="s">
         <v>70</v>
       </c>
       <c r="D453" t="s">
         <v>244</v>
       </c>
       <c r="E453">
         <v>16</v>
       </c>
       <c r="F453">
         <v>14</v>
       </c>
       <c r="G453">
@@ -18392,142 +18407,142 @@
       </c>
       <c r="I454">
         <v>5</v>
       </c>
       <c r="L454" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>613</v>
       </c>
       <c r="B455">
         <v>62</v>
       </c>
       <c r="C455" t="s">
         <v>42</v>
       </c>
       <c r="D455" t="s">
         <v>559</v>
       </c>
       <c r="E455">
         <v>6</v>
       </c>
       <c r="F455">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G455">
         <v>8</v>
       </c>
       <c r="H455">
         <v>8</v>
       </c>
       <c r="I455">
         <v>16</v>
       </c>
       <c r="J455">
         <v>14</v>
       </c>
       <c r="K455">
         <v>7</v>
       </c>
       <c r="L455" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>614</v>
       </c>
       <c r="B456">
         <v>4</v>
       </c>
       <c r="C456" t="s">
         <v>58</v>
       </c>
       <c r="D456" t="s">
         <v>268</v>
       </c>
       <c r="E456">
         <v>12</v>
       </c>
       <c r="F456">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="G456">
         <v>26</v>
       </c>
       <c r="H456">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="I456">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="J456">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="K456">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="L456" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>615</v>
       </c>
       <c r="B457">
         <v>99</v>
       </c>
       <c r="C457" t="s">
         <v>560</v>
       </c>
       <c r="D457" t="s">
         <v>561</v>
       </c>
       <c r="E457">
         <v>12</v>
       </c>
       <c r="F457">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="G457">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="H457">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="I457">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="J457">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="K457">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="L457" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>616</v>
       </c>
       <c r="B458">
         <v>12</v>
       </c>
       <c r="C458" t="s">
         <v>154</v>
       </c>
       <c r="D458" t="s">
         <v>562</v>
       </c>
       <c r="E458">
         <v>7</v>
       </c>
       <c r="F458">
         <v>45</v>
       </c>
       <c r="G458">
@@ -18582,60 +18597,60 @@
       </c>
       <c r="K459">
         <v>3</v>
       </c>
       <c r="L459" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>618</v>
       </c>
       <c r="B460">
         <v>24</v>
       </c>
       <c r="C460" t="s">
         <v>30</v>
       </c>
       <c r="D460" t="s">
         <v>531</v>
       </c>
       <c r="E460">
         <v>11</v>
       </c>
       <c r="F460">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G460">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H460">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I460">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="J460">
         <v>10</v>
       </c>
       <c r="K460">
         <v>4</v>
       </c>
       <c r="L460" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>619</v>
       </c>
       <c r="B461">
         <v>21</v>
       </c>
       <c r="C461" t="s">
         <v>564</v>
       </c>
       <c r="D461" t="s">
         <v>565</v>
       </c>
       <c r="E461">
@@ -18693,142 +18708,142 @@
       </c>
       <c r="K462">
         <v>2</v>
       </c>
       <c r="L462" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="463" spans="1:12">
       <c r="A463">
         <v>622</v>
       </c>
       <c r="B463">
         <v>11</v>
       </c>
       <c r="C463" t="s">
         <v>567</v>
       </c>
       <c r="D463" t="s">
         <v>568</v>
       </c>
       <c r="E463">
         <v>12</v>
       </c>
       <c r="F463">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G463">
         <v>8</v>
       </c>
       <c r="H463">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I463">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="J463">
         <v>10</v>
       </c>
       <c r="K463">
         <v>5</v>
       </c>
       <c r="L463" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
         <v>628</v>
       </c>
       <c r="B464">
         <v>8</v>
       </c>
       <c r="C464" t="s">
         <v>499</v>
       </c>
       <c r="D464" t="s">
         <v>459</v>
       </c>
       <c r="E464">
         <v>7</v>
       </c>
       <c r="F464">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G464">
         <v>4</v>
       </c>
       <c r="H464">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I464">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J464">
         <v>4</v>
       </c>
       <c r="K464">
         <v>2</v>
       </c>
       <c r="L464" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
         <v>631</v>
       </c>
       <c r="B465">
         <v>11</v>
       </c>
       <c r="C465" t="s">
         <v>70</v>
       </c>
       <c r="D465" t="s">
         <v>569</v>
       </c>
       <c r="E465">
         <v>11</v>
       </c>
       <c r="F465">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G465">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H465">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="I465">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="J465">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K465">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L465" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>632</v>
       </c>
       <c r="B466">
         <v>12</v>
       </c>
       <c r="C466" t="s">
         <v>307</v>
       </c>
       <c r="D466" t="s">
         <v>528</v>
       </c>
       <c r="E466">
         <v>12</v>
       </c>
       <c r="F466">
         <v>28</v>
       </c>
       <c r="G466">
@@ -18845,66 +18860,66 @@
       </c>
       <c r="K466">
         <v>11</v>
       </c>
       <c r="L466" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>633</v>
       </c>
       <c r="B467">
         <v>9</v>
       </c>
       <c r="C467" t="s">
         <v>331</v>
       </c>
       <c r="D467" t="s">
         <v>332</v>
       </c>
       <c r="E467">
         <v>11</v>
       </c>
       <c r="F467">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G467">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H467">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="I467">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="J467">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="K467">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L467" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>635</v>
       </c>
       <c r="C468" t="s">
         <v>570</v>
       </c>
       <c r="D468" t="s">
         <v>524</v>
       </c>
       <c r="E468">
         <v>12</v>
       </c>
       <c r="F468">
         <v>18</v>
       </c>
       <c r="G468">
         <v>14</v>
       </c>
       <c r="H468">
@@ -18918,60 +18933,60 @@
       </c>
       <c r="K468">
         <v>5</v>
       </c>
       <c r="L468" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>639</v>
       </c>
       <c r="B469">
         <v>3</v>
       </c>
       <c r="C469" t="s">
         <v>12</v>
       </c>
       <c r="D469" t="s">
         <v>571</v>
       </c>
       <c r="E469">
         <v>5</v>
       </c>
       <c r="F469">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G469">
         <v>4</v>
       </c>
       <c r="H469">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I469">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="J469">
         <v>10</v>
       </c>
       <c r="K469">
         <v>5</v>
       </c>
       <c r="L469" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>640</v>
       </c>
       <c r="B470">
         <v>17</v>
       </c>
       <c r="C470" t="s">
         <v>285</v>
       </c>
       <c r="D470" t="s">
         <v>572</v>
       </c>
       <c r="E470">
@@ -19276,60 +19291,60 @@
       </c>
       <c r="F479">
         <v>1</v>
       </c>
       <c r="L479" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
         <v>658</v>
       </c>
       <c r="B480">
         <v>35</v>
       </c>
       <c r="C480" t="s">
         <v>529</v>
       </c>
       <c r="D480" t="s">
         <v>579</v>
       </c>
       <c r="E480">
         <v>8</v>
       </c>
       <c r="F480">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G480">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H480">
         <v>19</v>
       </c>
       <c r="I480">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L480" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
         <v>659</v>
       </c>
       <c r="B481">
         <v>5</v>
       </c>
       <c r="C481" t="s">
         <v>533</v>
       </c>
       <c r="D481" t="s">
         <v>405</v>
       </c>
       <c r="E481">
         <v>5</v>
       </c>
       <c r="F481">
         <v>4</v>
       </c>
       <c r="H481">
@@ -19588,66 +19603,66 @@
       </c>
       <c r="K488">
         <v>1</v>
       </c>
       <c r="L488" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
         <v>672</v>
       </c>
       <c r="B489">
         <v>12</v>
       </c>
       <c r="C489" t="s">
         <v>585</v>
       </c>
       <c r="D489" t="s">
         <v>586</v>
       </c>
       <c r="E489">
         <v>4</v>
       </c>
       <c r="F489">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="G489">
         <v>3</v>
       </c>
       <c r="H489">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I489">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J489">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K489">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L489" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
         <v>673</v>
       </c>
       <c r="B490">
         <v>77</v>
       </c>
       <c r="C490" t="s">
         <v>587</v>
       </c>
       <c r="D490" t="s">
         <v>588</v>
       </c>
       <c r="E490">
         <v>7</v>
       </c>
       <c r="F490">
         <v>10</v>
       </c>
       <c r="G490">
@@ -19696,358 +19711,358 @@
       </c>
       <c r="K491">
         <v>8</v>
       </c>
       <c r="L491" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
         <v>675</v>
       </c>
       <c r="B492">
         <v>21</v>
       </c>
       <c r="C492" t="s">
         <v>203</v>
       </c>
       <c r="D492" t="s">
         <v>590</v>
       </c>
       <c r="E492">
         <v>16</v>
       </c>
       <c r="F492">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="G492">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H492">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I492">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="J492">
         <v>4</v>
       </c>
       <c r="K492">
         <v>2</v>
       </c>
       <c r="L492" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
         <v>676</v>
       </c>
       <c r="B493">
         <v>27</v>
       </c>
       <c r="C493" t="s">
         <v>285</v>
       </c>
       <c r="D493" t="s">
         <v>572</v>
       </c>
       <c r="E493">
         <v>16</v>
       </c>
       <c r="F493">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G493">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="H493">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="I493">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="J493">
         <v>14</v>
       </c>
       <c r="K493">
         <v>7</v>
       </c>
       <c r="L493" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
         <v>677</v>
       </c>
       <c r="B494">
         <v>17</v>
       </c>
       <c r="C494" t="s">
         <v>209</v>
       </c>
       <c r="D494" t="s">
         <v>591</v>
       </c>
       <c r="E494">
         <v>16</v>
       </c>
       <c r="F494">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G494">
         <v>1</v>
       </c>
       <c r="H494">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I494">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J494">
         <v>8</v>
       </c>
       <c r="K494">
         <v>4</v>
       </c>
       <c r="L494" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
         <v>678</v>
       </c>
       <c r="B495">
         <v>88</v>
       </c>
       <c r="C495" t="s">
         <v>48</v>
       </c>
       <c r="D495" t="s">
         <v>592</v>
       </c>
       <c r="E495">
         <v>16</v>
       </c>
       <c r="F495">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G495">
         <v>15</v>
       </c>
       <c r="H495">
         <v>11</v>
       </c>
       <c r="I495">
         <v>26</v>
       </c>
       <c r="J495">
         <v>8</v>
       </c>
       <c r="K495">
         <v>3</v>
       </c>
       <c r="L495" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
         <v>679</v>
       </c>
       <c r="B496">
         <v>11</v>
       </c>
       <c r="C496" t="s">
         <v>50</v>
       </c>
       <c r="D496" t="s">
         <v>593</v>
       </c>
       <c r="E496">
         <v>16</v>
       </c>
       <c r="F496">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G496">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H496">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I496">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="J496">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="K496">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L496" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
         <v>680</v>
       </c>
       <c r="B497">
         <v>12</v>
       </c>
       <c r="C497" t="s">
         <v>451</v>
       </c>
       <c r="D497" t="s">
         <v>594</v>
       </c>
       <c r="E497">
         <v>6</v>
       </c>
       <c r="F497">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G497">
         <v>7</v>
       </c>
       <c r="H497">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I497">
+        <v>14</v>
+      </c>
+      <c r="J497">
         <v>10</v>
       </c>
-      <c r="J497">
-[...1 lines deleted...]
-      </c>
       <c r="K497">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L497" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
         <v>681</v>
       </c>
       <c r="B498">
         <v>77</v>
       </c>
       <c r="C498" t="s">
         <v>229</v>
       </c>
       <c r="D498" t="s">
         <v>595</v>
       </c>
       <c r="E498">
         <v>6</v>
       </c>
       <c r="F498">
+        <v>26</v>
+      </c>
+      <c r="G498">
+        <v>13</v>
+      </c>
+      <c r="H498">
+        <v>8</v>
+      </c>
+      <c r="I498">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="L498" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
         <v>682</v>
       </c>
       <c r="B499">
         <v>15</v>
       </c>
       <c r="C499" t="s">
         <v>596</v>
       </c>
       <c r="D499" t="s">
         <v>597</v>
       </c>
       <c r="E499">
         <v>6</v>
       </c>
       <c r="F499">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G499">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H499">
         <v>3</v>
       </c>
       <c r="I499">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J499">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="K499">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="L499" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
         <v>683</v>
       </c>
       <c r="B500">
         <v>16</v>
       </c>
       <c r="C500" t="s">
         <v>446</v>
       </c>
       <c r="D500" t="s">
         <v>598</v>
       </c>
       <c r="E500">
         <v>11</v>
       </c>
       <c r="F500">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="G500">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H500">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I500">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="L500" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
         <v>685</v>
       </c>
       <c r="B501">
         <v>12</v>
       </c>
       <c r="C501" t="s">
         <v>164</v>
       </c>
       <c r="D501" t="s">
         <v>520</v>
       </c>
       <c r="E501">
         <v>11</v>
       </c>
       <c r="F501">
         <v>20</v>
       </c>
       <c r="G501">
@@ -20064,197 +20079,197 @@
       </c>
       <c r="K501">
         <v>4</v>
       </c>
       <c r="L501" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502">
         <v>686</v>
       </c>
       <c r="B502">
         <v>4</v>
       </c>
       <c r="C502" t="s">
         <v>86</v>
       </c>
       <c r="D502" t="s">
         <v>599</v>
       </c>
       <c r="E502">
         <v>8</v>
       </c>
       <c r="F502">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G502">
         <v>4</v>
       </c>
       <c r="H502">
         <v>9</v>
       </c>
       <c r="I502">
         <v>13</v>
       </c>
       <c r="L502" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
         <v>687</v>
       </c>
       <c r="B503">
         <v>8</v>
       </c>
       <c r="C503" t="s">
         <v>109</v>
       </c>
       <c r="D503" t="s">
         <v>93</v>
       </c>
       <c r="E503">
         <v>5</v>
       </c>
       <c r="F503">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G503">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="H503">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I503">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="J503">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="K503">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="L503" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
         <v>689</v>
       </c>
       <c r="B504">
         <v>67</v>
       </c>
       <c r="C504" t="s">
         <v>160</v>
       </c>
       <c r="D504" t="s">
         <v>600</v>
       </c>
       <c r="E504">
         <v>6</v>
       </c>
       <c r="F504">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="G504">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H504">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I504">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J504">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K504">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L504" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
         <v>694</v>
       </c>
       <c r="B505">
         <v>23</v>
       </c>
       <c r="C505" t="s">
         <v>307</v>
       </c>
       <c r="D505" t="s">
         <v>601</v>
       </c>
       <c r="E505">
         <v>4</v>
       </c>
       <c r="F505">
         <v>3</v>
       </c>
       <c r="L505" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506">
         <v>695</v>
       </c>
       <c r="B506">
         <v>26</v>
       </c>
       <c r="C506" t="s">
         <v>15</v>
       </c>
       <c r="D506" t="s">
         <v>29</v>
       </c>
       <c r="E506">
         <v>7</v>
       </c>
       <c r="F506">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="G506">
         <v>3</v>
       </c>
       <c r="H506">
         <v>1</v>
       </c>
       <c r="I506">
         <v>4</v>
       </c>
       <c r="J506">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K506">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L506" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507">
         <v>696</v>
       </c>
       <c r="B507">
         <v>26</v>
       </c>
       <c r="C507" t="s">
         <v>15</v>
       </c>
       <c r="D507" t="s">
         <v>442</v>
       </c>
       <c r="E507">
         <v>7</v>
       </c>
       <c r="F507">
         <v>19</v>
       </c>
       <c r="G507">
@@ -20271,51 +20286,51 @@
       </c>
       <c r="K507">
         <v>4</v>
       </c>
       <c r="L507" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="508" spans="1:12">
       <c r="A508">
         <v>697</v>
       </c>
       <c r="B508">
         <v>19</v>
       </c>
       <c r="C508" t="s">
         <v>103</v>
       </c>
       <c r="D508" t="s">
         <v>602</v>
       </c>
       <c r="E508">
         <v>5</v>
       </c>
       <c r="F508">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G508">
         <v>19</v>
       </c>
       <c r="H508">
         <v>3</v>
       </c>
       <c r="I508">
         <v>22</v>
       </c>
       <c r="J508">
         <v>12</v>
       </c>
       <c r="K508">
         <v>5</v>
       </c>
       <c r="L508" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="509" spans="1:12">
       <c r="A509">
         <v>698</v>
       </c>
       <c r="B509">
@@ -20393,77 +20408,92 @@
       </c>
       <c r="I511">
         <v>1</v>
       </c>
       <c r="L511" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512">
         <v>707</v>
       </c>
       <c r="B512">
         <v>25</v>
       </c>
       <c r="C512" t="s">
         <v>605</v>
       </c>
       <c r="D512" t="s">
         <v>606</v>
       </c>
       <c r="E512">
         <v>5</v>
       </c>
       <c r="F512">
+        <v>15</v>
+      </c>
+      <c r="G512">
         <v>9</v>
       </c>
-      <c r="G512">
+      <c r="H512">
         <v>6</v>
       </c>
-      <c r="H512">
-[...1 lines deleted...]
-      </c>
       <c r="I512">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="L512" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513">
         <v>708</v>
       </c>
+      <c r="B513">
+        <v>19</v>
+      </c>
       <c r="C513" t="s">
         <v>131</v>
       </c>
       <c r="D513" t="s">
         <v>607</v>
       </c>
       <c r="E513">
         <v>5</v>
+      </c>
+      <c r="F513">
+        <v>2</v>
+      </c>
+      <c r="G513">
+        <v>1</v>
+      </c>
+      <c r="H513">
+        <v>1</v>
+      </c>
+      <c r="I513">
+        <v>2</v>
       </c>
       <c r="L513" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="514" spans="1:12">
       <c r="A514">
         <v>709</v>
       </c>
       <c r="C514" t="s">
         <v>124</v>
       </c>
       <c r="D514" t="s">
         <v>602</v>
       </c>
       <c r="E514">
         <v>5</v>
       </c>
       <c r="L514" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="515" spans="1:12">
       <c r="A515">
         <v>712</v>
@@ -20610,530 +20640,609 @@
       </c>
       <c r="F519">
         <v>2</v>
       </c>
       <c r="L519" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520">
         <v>720</v>
       </c>
       <c r="B520">
         <v>21</v>
       </c>
       <c r="C520" t="s">
         <v>151</v>
       </c>
       <c r="D520" t="s">
         <v>612</v>
       </c>
       <c r="E520">
         <v>4</v>
       </c>
       <c r="F520">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="G520">
         <v>2</v>
       </c>
       <c r="I520">
         <v>2</v>
+      </c>
+      <c r="J520">
+        <v>2</v>
+      </c>
+      <c r="K520">
+        <v>1</v>
       </c>
       <c r="L520" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521">
         <v>721</v>
       </c>
       <c r="B521">
         <v>13</v>
       </c>
       <c r="C521" t="s">
         <v>613</v>
       </c>
       <c r="D521" t="s">
         <v>614</v>
       </c>
       <c r="E521">
         <v>12</v>
       </c>
       <c r="F521">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="G521">
+        <v>9</v>
+      </c>
+      <c r="H521">
+        <v>7</v>
+      </c>
+      <c r="I521">
+        <v>16</v>
+      </c>
+      <c r="J521">
+        <v>6</v>
+      </c>
+      <c r="K521">
         <v>3</v>
-      </c>
-[...10 lines deleted...]
-        <v>1</v>
       </c>
       <c r="L521" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522">
         <v>722</v>
       </c>
       <c r="C522" t="s">
         <v>203</v>
       </c>
       <c r="D522" t="s">
         <v>615</v>
       </c>
       <c r="E522">
         <v>16</v>
       </c>
       <c r="L522" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523">
         <v>723</v>
       </c>
       <c r="B523">
         <v>16</v>
       </c>
       <c r="C523" t="s">
         <v>15</v>
       </c>
       <c r="D523" t="s">
         <v>616</v>
       </c>
       <c r="E523">
         <v>16</v>
       </c>
       <c r="F523">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="G523">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="H523">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="I523">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="L523" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524">
         <v>724</v>
       </c>
       <c r="B524">
         <v>3</v>
       </c>
       <c r="C524" t="s">
         <v>617</v>
       </c>
       <c r="D524" t="s">
         <v>618</v>
       </c>
       <c r="E524">
         <v>4</v>
       </c>
       <c r="F524">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H524">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I524">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L524" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525">
         <v>725</v>
       </c>
       <c r="B525">
         <v>1</v>
       </c>
       <c r="C525" t="s">
         <v>203</v>
       </c>
       <c r="D525" t="s">
         <v>591</v>
       </c>
       <c r="E525">
         <v>16</v>
       </c>
       <c r="F525">
+        <v>4</v>
+      </c>
+      <c r="G525">
+        <v>1</v>
+      </c>
+      <c r="H525">
+        <v>2</v>
+      </c>
+      <c r="I525">
         <v>3</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
       <c r="K525">
         <v>1</v>
       </c>
       <c r="L525" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="526" spans="1:12">
       <c r="A526">
         <v>726</v>
       </c>
       <c r="C526" t="s">
         <v>36</v>
       </c>
       <c r="D526" t="s">
         <v>619</v>
       </c>
       <c r="E526">
         <v>16</v>
       </c>
       <c r="L526" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527">
         <v>727</v>
       </c>
       <c r="B527">
         <v>17</v>
       </c>
       <c r="C527" t="s">
         <v>88</v>
       </c>
       <c r="D527" t="s">
         <v>203</v>
       </c>
       <c r="E527">
         <v>6</v>
       </c>
       <c r="F527">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G527">
         <v>1</v>
       </c>
       <c r="H527">
         <v>3</v>
       </c>
       <c r="I527">
         <v>4</v>
       </c>
       <c r="L527" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
         <v>728</v>
       </c>
       <c r="B528">
         <v>18</v>
       </c>
       <c r="C528" t="s">
         <v>94</v>
       </c>
       <c r="D528" t="s">
         <v>59</v>
       </c>
       <c r="E528">
         <v>6</v>
       </c>
       <c r="F528">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="G528">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H528">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I528">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="J528">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K528">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L528" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
         <v>729</v>
       </c>
       <c r="B529">
         <v>12</v>
       </c>
       <c r="C529" t="s">
         <v>620</v>
       </c>
       <c r="D529" t="s">
         <v>621</v>
       </c>
       <c r="E529">
         <v>7</v>
       </c>
       <c r="F529">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="G529">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H529">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I529">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L529" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530">
         <v>730</v>
       </c>
       <c r="B530">
         <v>13</v>
       </c>
       <c r="C530" t="s">
         <v>126</v>
       </c>
       <c r="D530" t="s">
         <v>622</v>
       </c>
       <c r="E530">
         <v>7</v>
       </c>
       <c r="F530">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="G530">
+        <v>1</v>
       </c>
       <c r="H530">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I530">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L530" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531">
         <v>731</v>
       </c>
       <c r="B531">
         <v>16</v>
       </c>
       <c r="C531" t="s">
         <v>98</v>
       </c>
       <c r="D531" t="s">
         <v>623</v>
       </c>
       <c r="E531">
         <v>7</v>
       </c>
       <c r="F531">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G531">
         <v>2</v>
       </c>
       <c r="H531">
         <v>1</v>
       </c>
       <c r="I531">
         <v>3</v>
       </c>
       <c r="L531" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532">
         <v>733</v>
       </c>
       <c r="B532">
         <v>24</v>
       </c>
       <c r="C532" t="s">
         <v>50</v>
       </c>
       <c r="D532" t="s">
         <v>624</v>
       </c>
       <c r="E532">
         <v>7</v>
       </c>
       <c r="F532">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="G532">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H532">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I532">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L532" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533">
         <v>734</v>
       </c>
       <c r="B533">
         <v>17</v>
       </c>
       <c r="C533" t="s">
         <v>463</v>
       </c>
       <c r="D533" t="s">
         <v>625</v>
       </c>
       <c r="E533">
         <v>7</v>
       </c>
       <c r="F533">
+        <v>10</v>
+      </c>
+      <c r="G533">
         <v>5</v>
       </c>
       <c r="H533">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I533">
-        <v>2</v>
+        <v>8</v>
+      </c>
+      <c r="J533">
+        <v>2</v>
+      </c>
+      <c r="K533">
+        <v>1</v>
       </c>
       <c r="L533" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534">
         <v>735</v>
       </c>
       <c r="B534">
         <v>11</v>
       </c>
       <c r="C534" t="s">
         <v>626</v>
       </c>
       <c r="D534" t="s">
         <v>121</v>
       </c>
       <c r="E534">
         <v>16</v>
       </c>
       <c r="F534">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H534">
         <v>1</v>
       </c>
       <c r="I534">
         <v>1</v>
       </c>
       <c r="L534" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535">
         <v>736</v>
       </c>
       <c r="B535">
         <v>23</v>
       </c>
       <c r="C535" t="s">
         <v>320</v>
       </c>
       <c r="D535" t="s">
         <v>158</v>
       </c>
       <c r="E535">
         <v>4</v>
       </c>
       <c r="F535">
-        <v>4</v>
+        <v>6</v>
+      </c>
+      <c r="J535">
+        <v>2</v>
+      </c>
+      <c r="K535">
+        <v>1</v>
       </c>
       <c r="L535" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536">
         <v>740</v>
       </c>
       <c r="B536">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C536" t="s">
         <v>627</v>
       </c>
       <c r="D536" t="s">
         <v>628</v>
       </c>
       <c r="E536">
         <v>5</v>
       </c>
       <c r="F536">
+        <v>3</v>
+      </c>
+      <c r="G536">
         <v>1</v>
       </c>
       <c r="H536">
         <v>1</v>
       </c>
       <c r="I536">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L536" t="s">
         <v>80</v>
+      </c>
+    </row>
+    <row r="537" spans="1:12">
+      <c r="A537">
+        <v>741</v>
+      </c>
+      <c r="B537">
+        <v>13</v>
+      </c>
+      <c r="C537" t="s">
+        <v>92</v>
+      </c>
+      <c r="D537" t="s">
+        <v>333</v>
+      </c>
+      <c r="E537">
+        <v>4</v>
+      </c>
+      <c r="L537" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="538" spans="1:12">
+      <c r="A538">
+        <v>742</v>
+      </c>
+      <c r="B538">
+        <v>19</v>
+      </c>
+      <c r="C538" t="s">
+        <v>126</v>
+      </c>
+      <c r="D538" t="s">
+        <v>629</v>
+      </c>
+      <c r="E538">
+        <v>6</v>
+      </c>
+      <c r="F538">
+        <v>1</v>
+      </c>
+      <c r="J538">
+        <v>2</v>
+      </c>
+      <c r="K538">
+        <v>1</v>
+      </c>
+      <c r="L538" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">