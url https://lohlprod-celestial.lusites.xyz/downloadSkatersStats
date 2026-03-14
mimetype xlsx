--- v1 (2026-01-03)
+++ v2 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Skaters" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="630">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="631">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
@@ -1883,69 +1883,72 @@
   <si>
     <t>Mittleman</t>
   </si>
   <si>
     <t>Tsoy</t>
   </si>
   <si>
     <t>Robin</t>
   </si>
   <si>
     <t>Chantaz</t>
   </si>
   <si>
     <t>Diab</t>
   </si>
   <si>
     <t>Joanathan</t>
   </si>
   <si>
     <t>Kay</t>
   </si>
   <si>
     <t>Maciel</t>
   </si>
   <si>
-    <t>Faria</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
   </si>
   <si>
     <t>Luckese</t>
+  </si>
+  <si>
+    <t>Duffin</t>
+  </si>
+  <si>
+    <t>Morrison</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2248,51 +2251,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L538"/>
+  <dimension ref="A1:L539"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -2324,165 +2327,165 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="G2">
         <v>26</v>
       </c>
       <c r="H2">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I2">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="J2">
-        <v>123</v>
+        <v>141</v>
       </c>
       <c r="K2">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="G3">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H3">
         <v>74</v>
       </c>
       <c r="I3">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="J3">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="K3">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="L3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
         <v>3</v>
       </c>
       <c r="L4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="G5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H5">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I5">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="J5">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="K5">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="L5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
         <v>30</v>
       </c>
       <c r="G6">
@@ -2820,60 +2823,60 @@
       </c>
       <c r="K15">
         <v>44</v>
       </c>
       <c r="L15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>55</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16">
         <v>6</v>
       </c>
       <c r="F16">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
       <c r="H16">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I16">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J16">
         <v>28</v>
       </c>
       <c r="K16">
         <v>13</v>
       </c>
       <c r="L16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>62</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17">
@@ -2934,51 +2937,51 @@
       </c>
       <c r="K18">
         <v>16</v>
       </c>
       <c r="L18" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>75</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19" t="s">
         <v>47</v>
       </c>
       <c r="E19">
         <v>6</v>
       </c>
       <c r="F19">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="G19">
         <v>19</v>
       </c>
       <c r="H19">
         <v>30</v>
       </c>
       <c r="I19">
         <v>49</v>
       </c>
       <c r="J19">
         <v>30</v>
       </c>
       <c r="K19">
         <v>14</v>
       </c>
       <c r="L19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
@@ -3733,98 +3736,98 @@
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>45</v>
       </c>
       <c r="B42">
         <v>7</v>
       </c>
       <c r="C42" t="s">
         <v>83</v>
       </c>
       <c r="D42" t="s">
         <v>84</v>
       </c>
       <c r="E42">
         <v>5</v>
       </c>
       <c r="F42">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="G42">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="H42">
         <v>153</v>
       </c>
       <c r="I42">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="J42">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="K42">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="L42" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
         <v>46</v>
       </c>
       <c r="B43">
         <v>5</v>
       </c>
       <c r="C43" t="s">
         <v>68</v>
       </c>
       <c r="D43" t="s">
         <v>85</v>
       </c>
       <c r="E43">
         <v>5</v>
       </c>
       <c r="F43">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="G43">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H43">
         <v>56</v>
       </c>
       <c r="I43">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="J43">
         <v>70</v>
       </c>
       <c r="K43">
         <v>26</v>
       </c>
       <c r="L43" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
         <v>47</v>
       </c>
       <c r="B44">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>86</v>
       </c>
       <c r="D44" t="s">
         <v>87</v>
       </c>
       <c r="E44">
@@ -3847,66 +3850,66 @@
       </c>
       <c r="K44">
         <v>29</v>
       </c>
       <c r="L44" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>48</v>
       </c>
       <c r="B45">
         <v>10</v>
       </c>
       <c r="C45" t="s">
         <v>88</v>
       </c>
       <c r="D45" t="s">
         <v>89</v>
       </c>
       <c r="E45">
         <v>5</v>
       </c>
       <c r="F45">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="G45">
         <v>50</v>
       </c>
       <c r="H45">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="I45">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="J45">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="K45">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L45" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>49</v>
       </c>
       <c r="B46">
         <v>11</v>
       </c>
       <c r="C46" t="s">
         <v>90</v>
       </c>
       <c r="D46" t="s">
         <v>91</v>
       </c>
       <c r="E46">
         <v>5</v>
       </c>
       <c r="F46">
         <v>112</v>
       </c>
       <c r="G46">
@@ -3923,66 +3926,66 @@
       </c>
       <c r="K46">
         <v>57</v>
       </c>
       <c r="L46" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>50</v>
       </c>
       <c r="B47">
         <v>12</v>
       </c>
       <c r="C47" t="s">
         <v>92</v>
       </c>
       <c r="D47" t="s">
         <v>93</v>
       </c>
       <c r="E47">
         <v>5</v>
       </c>
       <c r="F47">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="G47">
         <v>12</v>
       </c>
       <c r="H47">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I47">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="J47">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K47">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L47" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
         <v>51</v>
       </c>
       <c r="C48" t="s">
         <v>94</v>
       </c>
       <c r="D48" t="s">
         <v>95</v>
       </c>
       <c r="E48">
         <v>5</v>
       </c>
       <c r="F48">
         <v>6</v>
       </c>
       <c r="G48">
         <v>1</v>
       </c>
       <c r="I48">
@@ -4013,51 +4016,51 @@
       </c>
       <c r="F49">
         <v>1</v>
       </c>
       <c r="L49" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
         <v>53</v>
       </c>
       <c r="B50">
         <v>91</v>
       </c>
       <c r="C50" t="s">
         <v>98</v>
       </c>
       <c r="D50" t="s">
         <v>99</v>
       </c>
       <c r="E50">
         <v>5</v>
       </c>
       <c r="F50">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G50">
         <v>25</v>
       </c>
       <c r="H50">
         <v>37</v>
       </c>
       <c r="I50">
         <v>62</v>
       </c>
       <c r="J50">
         <v>170</v>
       </c>
       <c r="K50">
         <v>68</v>
       </c>
       <c r="L50" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
         <v>54</v>
       </c>
       <c r="B51">
@@ -4089,60 +4092,60 @@
       </c>
       <c r="K51">
         <v>12</v>
       </c>
       <c r="L51" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>55</v>
       </c>
       <c r="B52">
         <v>22</v>
       </c>
       <c r="C52" t="s">
         <v>100</v>
       </c>
       <c r="D52" t="s">
         <v>102</v>
       </c>
       <c r="E52">
         <v>5</v>
       </c>
       <c r="F52">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="G52">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H52">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="I52">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="J52">
         <v>94</v>
       </c>
       <c r="K52">
         <v>42</v>
       </c>
       <c r="L52" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>56</v>
       </c>
       <c r="B53">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>103</v>
       </c>
       <c r="D53" t="s">
         <v>104</v>
       </c>
       <c r="E53">
@@ -4241,60 +4244,60 @@
       </c>
       <c r="K55">
         <v>13</v>
       </c>
       <c r="L55" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>59</v>
       </c>
       <c r="B56">
         <v>52</v>
       </c>
       <c r="C56" t="s">
         <v>38</v>
       </c>
       <c r="D56" t="s">
         <v>107</v>
       </c>
       <c r="E56">
         <v>5</v>
       </c>
       <c r="F56">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="G56">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H56">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="I56">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="J56">
         <v>13</v>
       </c>
       <c r="K56">
         <v>6</v>
       </c>
       <c r="L56" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
         <v>60</v>
       </c>
       <c r="B57">
         <v>91</v>
       </c>
       <c r="C57" t="s">
         <v>98</v>
       </c>
       <c r="D57" t="s">
         <v>108</v>
       </c>
       <c r="E57">
@@ -4317,66 +4320,66 @@
       </c>
       <c r="K57">
         <v>9</v>
       </c>
       <c r="L57" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
         <v>61</v>
       </c>
       <c r="B58">
         <v>95</v>
       </c>
       <c r="C58" t="s">
         <v>109</v>
       </c>
       <c r="D58" t="s">
         <v>110</v>
       </c>
       <c r="E58">
         <v>5</v>
       </c>
       <c r="F58">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="G58">
         <v>1</v>
       </c>
       <c r="H58">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I58">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J58">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="K58">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L58" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
         <v>62</v>
       </c>
       <c r="C59" t="s">
         <v>111</v>
       </c>
       <c r="D59" t="s">
         <v>112</v>
       </c>
       <c r="E59">
         <v>5</v>
       </c>
       <c r="F59">
         <v>3</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59">
@@ -4416,256 +4419,256 @@
       </c>
       <c r="K60">
         <v>17</v>
       </c>
       <c r="L60" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>65</v>
       </c>
       <c r="B61">
         <v>44</v>
       </c>
       <c r="C61" t="s">
         <v>58</v>
       </c>
       <c r="D61" t="s">
         <v>114</v>
       </c>
       <c r="E61">
         <v>8</v>
       </c>
       <c r="F61">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="G61">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H61">
         <v>44</v>
       </c>
       <c r="I61">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="J61">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="K61">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L61" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>66</v>
       </c>
       <c r="B62">
         <v>20</v>
       </c>
       <c r="C62" t="s">
         <v>116</v>
       </c>
       <c r="D62" t="s">
         <v>117</v>
       </c>
       <c r="E62">
         <v>8</v>
       </c>
       <c r="F62">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="G62">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H62">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="I62">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="J62">
         <v>98</v>
       </c>
       <c r="K62">
         <v>43</v>
       </c>
       <c r="L62" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>67</v>
       </c>
       <c r="B63">
         <v>7</v>
       </c>
       <c r="C63" t="s">
         <v>88</v>
       </c>
       <c r="D63" t="s">
         <v>118</v>
       </c>
       <c r="E63">
         <v>8</v>
       </c>
       <c r="F63">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="G63">
         <v>29</v>
       </c>
       <c r="H63">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="I63">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="J63">
         <v>55</v>
       </c>
       <c r="K63">
         <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
         <v>68</v>
       </c>
       <c r="B64">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>119</v>
       </c>
       <c r="D64" t="s">
         <v>120</v>
       </c>
       <c r="E64">
         <v>8</v>
       </c>
       <c r="F64">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="G64">
         <v>20</v>
       </c>
       <c r="H64">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I64">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J64">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="K64">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L64" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
         <v>69</v>
       </c>
       <c r="B65">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>30</v>
       </c>
       <c r="D65" t="s">
         <v>121</v>
       </c>
       <c r="E65">
         <v>8</v>
       </c>
       <c r="F65">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="G65">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H65">
         <v>62</v>
       </c>
       <c r="I65">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J65">
         <v>173</v>
       </c>
       <c r="K65">
         <v>66</v>
       </c>
       <c r="L65" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
         <v>70</v>
       </c>
       <c r="B66">
         <v>14</v>
       </c>
       <c r="C66" t="s">
         <v>122</v>
       </c>
       <c r="D66" t="s">
         <v>123</v>
       </c>
       <c r="E66">
         <v>8</v>
       </c>
       <c r="F66">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="G66">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H66">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="I66">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="J66">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K66">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
         <v>71</v>
       </c>
       <c r="B67">
         <v>10</v>
       </c>
       <c r="C67" t="s">
         <v>124</v>
       </c>
       <c r="D67" t="s">
         <v>125</v>
       </c>
       <c r="E67">
         <v>8</v>
       </c>
       <c r="F67">
         <v>4</v>
       </c>
       <c r="J67">
@@ -4673,60 +4676,60 @@
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
         <v>72</v>
       </c>
       <c r="B68">
         <v>18</v>
       </c>
       <c r="C68" t="s">
         <v>126</v>
       </c>
       <c r="D68" t="s">
         <v>127</v>
       </c>
       <c r="E68">
         <v>8</v>
       </c>
       <c r="F68">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G68">
         <v>9</v>
       </c>
       <c r="H68">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I68">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="J68">
         <v>49</v>
       </c>
       <c r="K68">
         <v>20</v>
       </c>
       <c r="L68" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
         <v>73</v>
       </c>
       <c r="B69">
         <v>14</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69" t="s">
         <v>128</v>
       </c>
       <c r="E69">
@@ -4734,142 +4737,142 @@
       </c>
       <c r="F69">
         <v>5</v>
       </c>
       <c r="L69" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>74</v>
       </c>
       <c r="B70">
         <v>5</v>
       </c>
       <c r="C70" t="s">
         <v>81</v>
       </c>
       <c r="D70" t="s">
         <v>129</v>
       </c>
       <c r="E70">
         <v>8</v>
       </c>
       <c r="F70">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="G70">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H70">
         <v>62</v>
       </c>
       <c r="I70">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J70">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="K70">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="L70" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>75</v>
       </c>
       <c r="B71">
         <v>11</v>
       </c>
       <c r="C71" t="s">
         <v>130</v>
       </c>
       <c r="D71" t="s">
         <v>131</v>
       </c>
       <c r="E71">
         <v>8</v>
       </c>
       <c r="F71">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="G71">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H71">
         <v>63</v>
       </c>
       <c r="I71">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J71">
         <v>117</v>
       </c>
       <c r="K71">
         <v>47</v>
       </c>
       <c r="L71" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>76</v>
       </c>
       <c r="B72">
         <v>17</v>
       </c>
       <c r="C72" t="s">
         <v>132</v>
       </c>
       <c r="D72" t="s">
         <v>133</v>
       </c>
       <c r="E72">
         <v>8</v>
       </c>
       <c r="F72">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="G72">
         <v>24</v>
       </c>
       <c r="H72">
+        <v>58</v>
+      </c>
+      <c r="I72">
+        <v>82</v>
+      </c>
+      <c r="J72">
         <v>54</v>
       </c>
-      <c r="I72">
-[...4 lines deleted...]
-      </c>
       <c r="K72">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L72" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>77</v>
       </c>
       <c r="B73">
         <v>22</v>
       </c>
       <c r="C73" t="s">
         <v>134</v>
       </c>
       <c r="D73" t="s">
         <v>135</v>
       </c>
       <c r="E73">
         <v>8</v>
       </c>
       <c r="F73">
         <v>3</v>
       </c>
       <c r="L73" t="s">
@@ -4909,60 +4912,60 @@
       </c>
       <c r="K74">
         <v>8</v>
       </c>
       <c r="L74" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
         <v>79</v>
       </c>
       <c r="B75">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>137</v>
       </c>
       <c r="D75" t="s">
         <v>138</v>
       </c>
       <c r="E75">
         <v>8</v>
       </c>
       <c r="F75">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="G75">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="H75">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="I75">
-        <v>586</v>
+        <v>599</v>
       </c>
       <c r="J75">
         <v>234</v>
       </c>
       <c r="K75">
         <v>96</v>
       </c>
       <c r="L75" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>80</v>
       </c>
       <c r="C76" t="s">
         <v>42</v>
       </c>
       <c r="D76" t="s">
         <v>139</v>
       </c>
       <c r="E76">
         <v>8</v>
       </c>
       <c r="F76">
@@ -4996,104 +4999,104 @@
       </c>
       <c r="F77">
         <v>6</v>
       </c>
       <c r="L77" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>82</v>
       </c>
       <c r="B78">
         <v>54</v>
       </c>
       <c r="C78" t="s">
         <v>88</v>
       </c>
       <c r="D78" t="s">
         <v>142</v>
       </c>
       <c r="E78">
         <v>8</v>
       </c>
       <c r="F78">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="G78">
         <v>19</v>
       </c>
       <c r="H78">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I78">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J78">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="K78">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="L78" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>83</v>
       </c>
       <c r="B79">
         <v>10</v>
       </c>
       <c r="C79" t="s">
         <v>143</v>
       </c>
       <c r="D79" t="s">
         <v>144</v>
       </c>
       <c r="E79">
         <v>8</v>
       </c>
       <c r="F79">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="G79">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H79">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="I79">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="J79">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="K79">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="L79" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>85</v>
       </c>
       <c r="B80">
         <v>99</v>
       </c>
       <c r="C80" t="s">
         <v>50</v>
       </c>
       <c r="D80" t="s">
         <v>145</v>
       </c>
       <c r="E80">
         <v>2</v>
       </c>
       <c r="F80">
         <v>4</v>
       </c>
       <c r="G80">
@@ -6535,60 +6538,60 @@
       </c>
       <c r="K122">
         <v>45</v>
       </c>
       <c r="L122" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>130</v>
       </c>
       <c r="B123">
         <v>11</v>
       </c>
       <c r="C123" t="s">
         <v>209</v>
       </c>
       <c r="D123" t="s">
         <v>210</v>
       </c>
       <c r="E123">
         <v>7</v>
       </c>
       <c r="F123">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="G123">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H123">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I123">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="J123">
         <v>75</v>
       </c>
       <c r="K123">
         <v>27</v>
       </c>
       <c r="L123" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>131</v>
       </c>
       <c r="B124">
         <v>11</v>
       </c>
       <c r="C124" t="s">
         <v>211</v>
       </c>
       <c r="D124" t="s">
         <v>212</v>
       </c>
       <c r="E124">
@@ -6654,256 +6657,256 @@
       </c>
       <c r="F126">
         <v>1</v>
       </c>
       <c r="L126" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>134</v>
       </c>
       <c r="B127">
         <v>18</v>
       </c>
       <c r="C127" t="s">
         <v>88</v>
       </c>
       <c r="D127" t="s">
         <v>216</v>
       </c>
       <c r="E127">
         <v>7</v>
       </c>
       <c r="F127">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="G127">
         <v>15</v>
       </c>
       <c r="H127">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I127">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J127">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="K127">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L127" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>135</v>
       </c>
       <c r="B128">
         <v>5</v>
       </c>
       <c r="C128" t="s">
         <v>217</v>
       </c>
       <c r="D128" t="s">
         <v>74</v>
       </c>
       <c r="E128">
         <v>7</v>
       </c>
       <c r="F128">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="G128">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H128">
         <v>53</v>
       </c>
       <c r="I128">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="J128">
         <v>22</v>
       </c>
       <c r="K128">
         <v>11</v>
       </c>
       <c r="L128" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>136</v>
       </c>
       <c r="B129">
         <v>20</v>
       </c>
       <c r="C129" t="s">
         <v>218</v>
       </c>
       <c r="D129" t="s">
         <v>219</v>
       </c>
       <c r="E129">
         <v>7</v>
       </c>
       <c r="F129">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="G129">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H129">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I129">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="J129">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="K129">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L129" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
         <v>137</v>
       </c>
       <c r="B130">
         <v>21</v>
       </c>
       <c r="C130" t="s">
         <v>220</v>
       </c>
       <c r="D130" t="s">
         <v>221</v>
       </c>
       <c r="E130">
         <v>7</v>
       </c>
       <c r="F130">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="G130">
         <v>11</v>
       </c>
       <c r="H130">
         <v>49</v>
       </c>
       <c r="I130">
         <v>60</v>
       </c>
       <c r="J130">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="K130">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="L130" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>138</v>
       </c>
       <c r="B131">
         <v>22</v>
       </c>
       <c r="C131" t="s">
         <v>222</v>
       </c>
       <c r="D131" t="s">
         <v>223</v>
       </c>
       <c r="E131">
         <v>7</v>
       </c>
       <c r="F131">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="G131">
         <v>26</v>
       </c>
       <c r="H131">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I131">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J131">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K131">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L131" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>139</v>
       </c>
       <c r="B132">
         <v>77</v>
       </c>
       <c r="C132" t="s">
         <v>224</v>
       </c>
       <c r="D132" t="s">
         <v>225</v>
       </c>
       <c r="E132">
         <v>7</v>
       </c>
       <c r="F132">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="G132">
         <v>84</v>
       </c>
       <c r="H132">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="I132">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="J132">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="K132">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="L132" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>140</v>
       </c>
       <c r="B133">
         <v>87</v>
       </c>
       <c r="C133" t="s">
         <v>126</v>
       </c>
       <c r="D133" t="s">
         <v>226</v>
       </c>
       <c r="E133">
         <v>7</v>
       </c>
       <c r="F133">
         <v>60</v>
       </c>
       <c r="G133">
@@ -7148,66 +7151,66 @@
       </c>
       <c r="K139">
         <v>27</v>
       </c>
       <c r="L139" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>149</v>
       </c>
       <c r="B140">
         <v>6</v>
       </c>
       <c r="C140" t="s">
         <v>48</v>
       </c>
       <c r="D140" t="s">
         <v>234</v>
       </c>
       <c r="E140">
         <v>4</v>
       </c>
       <c r="F140">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="G140">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="H140">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I140">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="J140">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="K140">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L140" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>150</v>
       </c>
       <c r="B141">
         <v>13</v>
       </c>
       <c r="C141" t="s">
         <v>73</v>
       </c>
       <c r="D141" t="s">
         <v>235</v>
       </c>
       <c r="E141">
         <v>4</v>
       </c>
       <c r="F141">
         <v>136</v>
       </c>
       <c r="G141">
@@ -7376,89 +7379,89 @@
       </c>
       <c r="K145">
         <v>2</v>
       </c>
       <c r="L145" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>155</v>
       </c>
       <c r="B146">
         <v>26</v>
       </c>
       <c r="C146" t="s">
         <v>32</v>
       </c>
       <c r="D146" t="s">
         <v>240</v>
       </c>
       <c r="E146">
         <v>4</v>
       </c>
       <c r="F146">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="G146">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H146">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="I146">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="J146">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K146">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L146" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>156</v>
       </c>
       <c r="B147">
         <v>8</v>
       </c>
       <c r="C147" t="s">
         <v>241</v>
       </c>
       <c r="D147" t="s">
         <v>242</v>
       </c>
       <c r="E147">
         <v>4</v>
       </c>
       <c r="F147">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G147">
         <v>45</v>
       </c>
       <c r="H147">
         <v>38</v>
       </c>
       <c r="I147">
         <v>83</v>
       </c>
       <c r="J147">
         <v>51</v>
       </c>
       <c r="K147">
         <v>24</v>
       </c>
       <c r="L147" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>157</v>
       </c>
       <c r="B148">
@@ -7490,60 +7493,60 @@
       </c>
       <c r="K148">
         <v>4</v>
       </c>
       <c r="L148" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
         <v>158</v>
       </c>
       <c r="B149">
         <v>30</v>
       </c>
       <c r="C149" t="s">
         <v>46</v>
       </c>
       <c r="D149" t="s">
         <v>244</v>
       </c>
       <c r="E149">
         <v>4</v>
       </c>
       <c r="F149">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="G149">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H149">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I149">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="J149">
         <v>143</v>
       </c>
       <c r="K149">
         <v>63</v>
       </c>
       <c r="L149" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
         <v>159</v>
       </c>
       <c r="B150">
         <v>77</v>
       </c>
       <c r="C150" t="s">
         <v>198</v>
       </c>
       <c r="D150" t="s">
         <v>245</v>
       </c>
       <c r="E150">
@@ -8317,66 +8320,66 @@
       </c>
       <c r="K170">
         <v>1</v>
       </c>
       <c r="L170" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>184</v>
       </c>
       <c r="B171">
         <v>25</v>
       </c>
       <c r="C171" t="s">
         <v>269</v>
       </c>
       <c r="D171" t="s">
         <v>108</v>
       </c>
       <c r="E171">
         <v>4</v>
       </c>
       <c r="F171">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="G171">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="H171">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="I171">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="J171">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="K171">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L171" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>185</v>
       </c>
       <c r="C172" t="s">
         <v>122</v>
       </c>
       <c r="D172" t="s">
         <v>270</v>
       </c>
       <c r="E172">
         <v>4</v>
       </c>
       <c r="F172">
         <v>14</v>
       </c>
       <c r="H172">
         <v>3</v>
       </c>
       <c r="I172">
@@ -8498,66 +8501,66 @@
       </c>
       <c r="K175">
         <v>2</v>
       </c>
       <c r="L175" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>189</v>
       </c>
       <c r="B176">
         <v>16</v>
       </c>
       <c r="C176" t="s">
         <v>179</v>
       </c>
       <c r="D176" t="s">
         <v>275</v>
       </c>
       <c r="E176">
         <v>8</v>
       </c>
       <c r="F176">
+        <v>190</v>
+      </c>
+      <c r="G176">
+        <v>99</v>
+      </c>
+      <c r="H176">
+        <v>92</v>
+      </c>
+      <c r="I176">
+        <v>191</v>
+      </c>
+      <c r="J176">
         <v>180</v>
       </c>
-      <c r="G176">
-[...10 lines deleted...]
-      </c>
       <c r="K176">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="L176" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>190</v>
       </c>
       <c r="C177" t="s">
         <v>50</v>
       </c>
       <c r="D177" t="s">
         <v>276</v>
       </c>
       <c r="E177">
         <v>8</v>
       </c>
       <c r="F177">
         <v>15</v>
       </c>
       <c r="G177">
         <v>1</v>
       </c>
       <c r="H177">
@@ -8609,66 +8612,66 @@
       </c>
       <c r="K178">
         <v>11</v>
       </c>
       <c r="L178" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>192</v>
       </c>
       <c r="B179">
         <v>12</v>
       </c>
       <c r="C179" t="s">
         <v>279</v>
       </c>
       <c r="D179" t="s">
         <v>280</v>
       </c>
       <c r="E179">
         <v>8</v>
       </c>
       <c r="F179">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="G179">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H179">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="I179">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="J179">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="K179">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="L179" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
         <v>193</v>
       </c>
       <c r="B180">
         <v>22</v>
       </c>
       <c r="C180" t="s">
         <v>281</v>
       </c>
       <c r="D180" t="s">
         <v>282</v>
       </c>
       <c r="E180">
         <v>4</v>
       </c>
       <c r="F180">
         <v>2</v>
       </c>
       <c r="L180" t="s">
@@ -8938,72 +8941,72 @@
       </c>
       <c r="G188">
         <v>3</v>
       </c>
       <c r="H188">
         <v>7</v>
       </c>
       <c r="I188">
         <v>10</v>
       </c>
       <c r="J188">
         <v>27</v>
       </c>
       <c r="K188">
         <v>11</v>
       </c>
       <c r="L188" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
         <v>204</v>
       </c>
       <c r="B189">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C189" t="s">
         <v>86</v>
       </c>
       <c r="D189" t="s">
         <v>293</v>
       </c>
       <c r="E189">
         <v>7</v>
       </c>
       <c r="F189">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G189">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H189">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I189">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="J189">
         <v>6</v>
       </c>
       <c r="K189">
         <v>2</v>
       </c>
       <c r="L189" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
         <v>205</v>
       </c>
       <c r="B190">
         <v>16</v>
       </c>
       <c r="C190" t="s">
         <v>137</v>
       </c>
       <c r="D190" t="s">
         <v>294</v>
       </c>
       <c r="E190">
@@ -9315,60 +9318,60 @@
       </c>
       <c r="K198">
         <v>9</v>
       </c>
       <c r="L198" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
         <v>216</v>
       </c>
       <c r="B199">
         <v>13</v>
       </c>
       <c r="C199" t="s">
         <v>68</v>
       </c>
       <c r="D199" t="s">
         <v>304</v>
       </c>
       <c r="E199">
         <v>8</v>
       </c>
       <c r="F199">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="G199">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="H199">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="I199">
-        <v>227</v>
+        <v>240</v>
       </c>
       <c r="J199">
         <v>8</v>
       </c>
       <c r="K199">
         <v>4</v>
       </c>
       <c r="L199" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
         <v>219</v>
       </c>
       <c r="C200" t="s">
         <v>305</v>
       </c>
       <c r="D200" t="s">
         <v>306</v>
       </c>
       <c r="E200">
         <v>5</v>
       </c>
       <c r="F200">
@@ -9703,51 +9706,51 @@
       </c>
       <c r="K209">
         <v>1</v>
       </c>
       <c r="L209" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
         <v>237</v>
       </c>
       <c r="B210">
         <v>27</v>
       </c>
       <c r="C210" t="s">
         <v>320</v>
       </c>
       <c r="D210" t="s">
         <v>321</v>
       </c>
       <c r="E210">
         <v>8</v>
       </c>
       <c r="F210">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G210">
         <v>96</v>
       </c>
       <c r="H210">
         <v>88</v>
       </c>
       <c r="I210">
         <v>184</v>
       </c>
       <c r="J210">
         <v>37</v>
       </c>
       <c r="K210">
         <v>16</v>
       </c>
       <c r="L210" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
         <v>238</v>
       </c>
       <c r="C211" t="s">
@@ -9805,60 +9808,60 @@
       </c>
       <c r="K212">
         <v>10</v>
       </c>
       <c r="L212" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
         <v>243</v>
       </c>
       <c r="B213">
         <v>4</v>
       </c>
       <c r="C213" t="s">
         <v>324</v>
       </c>
       <c r="D213" t="s">
         <v>325</v>
       </c>
       <c r="E213">
         <v>5</v>
       </c>
       <c r="F213">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="G213">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H213">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I213">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="J213">
         <v>150</v>
       </c>
       <c r="K213">
         <v>70</v>
       </c>
       <c r="L213" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
         <v>247</v>
       </c>
       <c r="B214">
         <v>27</v>
       </c>
       <c r="C214" t="s">
         <v>194</v>
       </c>
       <c r="D214" t="s">
         <v>195</v>
       </c>
       <c r="E214">
@@ -10515,60 +10518,60 @@
       </c>
       <c r="K231">
         <v>21</v>
       </c>
       <c r="L231" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
         <v>275</v>
       </c>
       <c r="B232">
         <v>23</v>
       </c>
       <c r="C232" t="s">
         <v>273</v>
       </c>
       <c r="D232" t="s">
         <v>274</v>
       </c>
       <c r="E232">
         <v>8</v>
       </c>
       <c r="F232">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G232">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H232">
         <v>35</v>
       </c>
       <c r="I232">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J232">
         <v>18</v>
       </c>
       <c r="K232">
         <v>9</v>
       </c>
       <c r="L232" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
         <v>277</v>
       </c>
       <c r="C233" t="s">
         <v>38</v>
       </c>
       <c r="D233" t="s">
         <v>346</v>
       </c>
       <c r="E233">
         <v>2</v>
       </c>
       <c r="F233">
@@ -11744,60 +11747,60 @@
       </c>
       <c r="K265">
         <v>1</v>
       </c>
       <c r="L265" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>342</v>
       </c>
       <c r="B266">
         <v>17</v>
       </c>
       <c r="C266" t="s">
         <v>58</v>
       </c>
       <c r="D266" t="s">
         <v>381</v>
       </c>
       <c r="E266">
         <v>5</v>
       </c>
       <c r="F266">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="G266">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H266">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="I266">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="J266">
         <v>12</v>
       </c>
       <c r="K266">
         <v>6</v>
       </c>
       <c r="L266" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>349</v>
       </c>
       <c r="B267">
         <v>17</v>
       </c>
       <c r="C267" t="s">
         <v>73</v>
       </c>
       <c r="D267" t="s">
         <v>382</v>
       </c>
       <c r="E267">
@@ -12255,66 +12258,66 @@
       </c>
       <c r="K279">
         <v>10</v>
       </c>
       <c r="L279" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
         <v>366</v>
       </c>
       <c r="B280">
         <v>16</v>
       </c>
       <c r="C280" t="s">
         <v>395</v>
       </c>
       <c r="D280" t="s">
         <v>396</v>
       </c>
       <c r="E280">
         <v>4</v>
       </c>
       <c r="F280">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="G280">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H280">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I280">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="J280">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K280">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L280" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
         <v>367</v>
       </c>
       <c r="B281">
         <v>6</v>
       </c>
       <c r="C281" t="s">
         <v>75</v>
       </c>
       <c r="D281" t="s">
         <v>397</v>
       </c>
       <c r="E281">
         <v>2</v>
       </c>
       <c r="F281">
         <v>4</v>
       </c>
       <c r="G281">
@@ -12610,66 +12613,66 @@
       </c>
       <c r="I290">
         <v>4</v>
       </c>
       <c r="L290" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
         <v>380</v>
       </c>
       <c r="B291">
         <v>44</v>
       </c>
       <c r="C291" t="s">
         <v>408</v>
       </c>
       <c r="D291" t="s">
         <v>409</v>
       </c>
       <c r="E291">
         <v>6</v>
       </c>
       <c r="F291">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="G291">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H291">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I291">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="J291">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K291">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L291" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
         <v>383</v>
       </c>
       <c r="B292">
         <v>12</v>
       </c>
       <c r="C292" t="s">
         <v>98</v>
       </c>
       <c r="D292" t="s">
         <v>108</v>
       </c>
       <c r="E292">
         <v>7</v>
       </c>
       <c r="F292">
         <v>20</v>
       </c>
       <c r="G292">
@@ -12870,142 +12873,142 @@
       </c>
       <c r="I297">
         <v>11</v>
       </c>
       <c r="L297" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
         <v>389</v>
       </c>
       <c r="B298">
         <v>14</v>
       </c>
       <c r="C298" t="s">
         <v>124</v>
       </c>
       <c r="D298" t="s">
         <v>415</v>
       </c>
       <c r="E298">
         <v>7</v>
       </c>
       <c r="F298">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="G298">
         <v>3</v>
       </c>
       <c r="H298">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="I298">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="J298">
         <v>50</v>
       </c>
       <c r="K298">
         <v>24</v>
       </c>
       <c r="L298" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>390</v>
       </c>
       <c r="B299">
         <v>33</v>
       </c>
       <c r="C299" t="s">
         <v>174</v>
       </c>
       <c r="D299" t="s">
         <v>175</v>
       </c>
       <c r="E299">
         <v>11</v>
       </c>
       <c r="F299">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="G299">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H299">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I299">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="J299">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="K299">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="L299" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>391</v>
       </c>
       <c r="B300">
         <v>7</v>
       </c>
       <c r="C300" t="s">
         <v>103</v>
       </c>
       <c r="D300" t="s">
         <v>389</v>
       </c>
       <c r="E300">
         <v>11</v>
       </c>
       <c r="F300">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="G300">
+        <v>11</v>
+      </c>
+      <c r="H300">
+        <v>98</v>
+      </c>
+      <c r="I300">
+        <v>109</v>
+      </c>
+      <c r="J300">
+        <v>20</v>
+      </c>
+      <c r="K300">
         <v>10</v>
-      </c>
-[...10 lines deleted...]
-        <v>8</v>
       </c>
       <c r="L300" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>392</v>
       </c>
       <c r="B301">
         <v>11</v>
       </c>
       <c r="C301" t="s">
         <v>255</v>
       </c>
       <c r="D301" t="s">
         <v>256</v>
       </c>
       <c r="E301">
         <v>11</v>
       </c>
       <c r="F301">
         <v>37</v>
       </c>
       <c r="G301">
@@ -13022,60 +13025,60 @@
       </c>
       <c r="K301">
         <v>6</v>
       </c>
       <c r="L301" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>393</v>
       </c>
       <c r="B302">
         <v>96</v>
       </c>
       <c r="C302" t="s">
         <v>15</v>
       </c>
       <c r="D302" t="s">
         <v>417</v>
       </c>
       <c r="E302">
         <v>11</v>
       </c>
       <c r="F302">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G302">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="H302">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="I302">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="J302">
         <v>36</v>
       </c>
       <c r="K302">
         <v>17</v>
       </c>
       <c r="L302" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>394</v>
       </c>
       <c r="B303">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>68</v>
       </c>
       <c r="D303" t="s">
         <v>418</v>
       </c>
       <c r="E303">
@@ -13098,98 +13101,98 @@
       </c>
       <c r="K303">
         <v>4</v>
       </c>
       <c r="L303" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>395</v>
       </c>
       <c r="B304">
         <v>20</v>
       </c>
       <c r="C304" t="s">
         <v>147</v>
       </c>
       <c r="D304" t="s">
         <v>390</v>
       </c>
       <c r="E304">
         <v>11</v>
       </c>
       <c r="F304">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="G304">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H304">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="I304">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="J304">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="K304">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L304" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>396</v>
       </c>
       <c r="B305">
         <v>45</v>
       </c>
       <c r="C305" t="s">
         <v>132</v>
       </c>
       <c r="D305" t="s">
         <v>391</v>
       </c>
       <c r="E305">
         <v>11</v>
       </c>
       <c r="F305">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="G305">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H305">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I305">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J305">
         <v>4</v>
       </c>
       <c r="K305">
         <v>2</v>
       </c>
       <c r="L305" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>397</v>
       </c>
       <c r="B306">
         <v>13</v>
       </c>
       <c r="C306" t="s">
         <v>186</v>
       </c>
       <c r="D306" t="s">
         <v>187</v>
       </c>
       <c r="E306">
@@ -13212,98 +13215,98 @@
       </c>
       <c r="K306">
         <v>12</v>
       </c>
       <c r="L306" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>398</v>
       </c>
       <c r="B307">
         <v>88</v>
       </c>
       <c r="C307" t="s">
         <v>361</v>
       </c>
       <c r="D307" t="s">
         <v>362</v>
       </c>
       <c r="E307">
         <v>11</v>
       </c>
       <c r="F307">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="G307">
         <v>28</v>
       </c>
       <c r="H307">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I307">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="J307">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K307">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L307" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>399</v>
       </c>
       <c r="B308">
         <v>19</v>
       </c>
       <c r="C308" t="s">
         <v>419</v>
       </c>
       <c r="D308" t="s">
         <v>348</v>
       </c>
       <c r="E308">
         <v>11</v>
       </c>
       <c r="F308">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="G308">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="H308">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I308">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="J308">
         <v>22</v>
       </c>
       <c r="K308">
         <v>11</v>
       </c>
       <c r="L308" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>400</v>
       </c>
       <c r="C309" t="s">
         <v>194</v>
       </c>
       <c r="D309" t="s">
         <v>195</v>
       </c>
       <c r="E309">
         <v>11</v>
       </c>
       <c r="F309">
@@ -13729,60 +13732,60 @@
       </c>
       <c r="K320">
         <v>9</v>
       </c>
       <c r="L320" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
         <v>414</v>
       </c>
       <c r="B321">
         <v>7</v>
       </c>
       <c r="C321" t="s">
         <v>431</v>
       </c>
       <c r="D321" t="s">
         <v>432</v>
       </c>
       <c r="E321">
         <v>12</v>
       </c>
       <c r="F321">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="G321">
         <v>30</v>
       </c>
       <c r="H321">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="I321">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="J321">
         <v>41</v>
       </c>
       <c r="K321">
         <v>15</v>
       </c>
       <c r="L321" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
         <v>415</v>
       </c>
       <c r="B322">
         <v>14</v>
       </c>
       <c r="C322" t="s">
         <v>249</v>
       </c>
       <c r="D322" t="s">
         <v>250</v>
       </c>
       <c r="E322">
@@ -13805,98 +13808,98 @@
       </c>
       <c r="K322">
         <v>30</v>
       </c>
       <c r="L322" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>416</v>
       </c>
       <c r="B323">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>383</v>
       </c>
       <c r="D323" t="s">
         <v>433</v>
       </c>
       <c r="E323">
         <v>12</v>
       </c>
       <c r="F323">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="G323">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H323">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I323">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="J323">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K323">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="L323" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>417</v>
       </c>
       <c r="B324">
         <v>10</v>
       </c>
       <c r="C324" t="s">
         <v>285</v>
       </c>
       <c r="D324" t="s">
         <v>434</v>
       </c>
       <c r="E324">
         <v>12</v>
       </c>
       <c r="F324">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="G324">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="H324">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I324">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="J324">
         <v>34</v>
       </c>
       <c r="K324">
         <v>16</v>
       </c>
       <c r="L324" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
         <v>418</v>
       </c>
       <c r="B325">
         <v>5</v>
       </c>
       <c r="C325" t="s">
         <v>269</v>
       </c>
       <c r="D325" t="s">
         <v>288</v>
       </c>
       <c r="E325">
@@ -13919,212 +13922,212 @@
       </c>
       <c r="K325">
         <v>14</v>
       </c>
       <c r="L325" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
         <v>419</v>
       </c>
       <c r="B326">
         <v>12</v>
       </c>
       <c r="C326" t="s">
         <v>435</v>
       </c>
       <c r="D326" t="s">
         <v>436</v>
       </c>
       <c r="E326">
         <v>12</v>
       </c>
       <c r="F326">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G326">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H326">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="I326">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="J326">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="K326">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="L326" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>420</v>
       </c>
       <c r="B327">
         <v>25</v>
       </c>
       <c r="C327" t="s">
         <v>100</v>
       </c>
       <c r="D327" t="s">
         <v>257</v>
       </c>
       <c r="E327">
         <v>12</v>
       </c>
       <c r="F327">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="G327">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H327">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="I327">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="J327">
         <v>30</v>
       </c>
       <c r="K327">
         <v>15</v>
       </c>
       <c r="L327" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>421</v>
       </c>
       <c r="B328">
         <v>14</v>
       </c>
       <c r="C328" t="s">
         <v>437</v>
       </c>
       <c r="D328" t="s">
         <v>438</v>
       </c>
       <c r="E328">
         <v>12</v>
       </c>
       <c r="F328">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G328">
         <v>2</v>
       </c>
       <c r="H328">
         <v>12</v>
       </c>
       <c r="I328">
         <v>14</v>
       </c>
       <c r="J328">
         <v>6</v>
       </c>
       <c r="K328">
         <v>3</v>
       </c>
       <c r="L328" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>422</v>
       </c>
       <c r="B329">
         <v>15</v>
       </c>
       <c r="C329" t="s">
         <v>96</v>
       </c>
       <c r="D329" t="s">
         <v>439</v>
       </c>
       <c r="E329">
         <v>12</v>
       </c>
       <c r="F329">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="G329">
         <v>8</v>
       </c>
       <c r="H329">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I329">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="J329">
         <v>50</v>
       </c>
       <c r="K329">
         <v>22</v>
       </c>
       <c r="L329" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>423</v>
       </c>
       <c r="B330">
         <v>91</v>
       </c>
       <c r="C330" t="s">
         <v>440</v>
       </c>
       <c r="D330" t="s">
         <v>441</v>
       </c>
       <c r="E330">
         <v>12</v>
       </c>
       <c r="F330">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="G330">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H330">
         <v>28</v>
       </c>
       <c r="I330">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="J330">
         <v>28</v>
       </c>
       <c r="K330">
         <v>14</v>
       </c>
       <c r="L330" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>425</v>
       </c>
       <c r="B331">
         <v>16</v>
       </c>
       <c r="C331" t="s">
         <v>15</v>
       </c>
       <c r="D331" t="s">
         <v>442</v>
       </c>
       <c r="E331">
@@ -14147,60 +14150,60 @@
       </c>
       <c r="K331">
         <v>20</v>
       </c>
       <c r="L331" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>426</v>
       </c>
       <c r="B332">
         <v>91</v>
       </c>
       <c r="C332" t="s">
         <v>15</v>
       </c>
       <c r="D332" t="s">
         <v>443</v>
       </c>
       <c r="E332">
         <v>6</v>
       </c>
       <c r="F332">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G332">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H332">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I332">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="J332">
         <v>28</v>
       </c>
       <c r="K332">
         <v>14</v>
       </c>
       <c r="L332" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>427</v>
       </c>
       <c r="B333">
         <v>20</v>
       </c>
       <c r="C333" t="s">
         <v>444</v>
       </c>
       <c r="D333" t="s">
         <v>445</v>
       </c>
       <c r="E333">
@@ -14223,60 +14226,60 @@
       </c>
       <c r="K333">
         <v>1</v>
       </c>
       <c r="L333" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>428</v>
       </c>
       <c r="B334">
         <v>14</v>
       </c>
       <c r="C334" t="s">
         <v>446</v>
       </c>
       <c r="D334" t="s">
         <v>447</v>
       </c>
       <c r="E334">
         <v>11</v>
       </c>
       <c r="F334">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="G334">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H334">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="I334">
-        <v>193</v>
+        <v>212</v>
       </c>
       <c r="J334">
         <v>6</v>
       </c>
       <c r="K334">
         <v>3</v>
       </c>
       <c r="L334" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>429</v>
       </c>
       <c r="B335">
         <v>29</v>
       </c>
       <c r="C335" t="s">
         <v>49</v>
       </c>
       <c r="D335" t="s">
         <v>448</v>
       </c>
       <c r="E335">
@@ -14299,60 +14302,60 @@
       </c>
       <c r="K335">
         <v>11</v>
       </c>
       <c r="L335" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>431</v>
       </c>
       <c r="B336">
         <v>16</v>
       </c>
       <c r="C336" t="s">
         <v>15</v>
       </c>
       <c r="D336" t="s">
         <v>449</v>
       </c>
       <c r="E336">
         <v>12</v>
       </c>
       <c r="F336">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="G336">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H336">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I336">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="J336">
         <v>40</v>
       </c>
       <c r="K336">
         <v>19</v>
       </c>
       <c r="L336" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>434</v>
       </c>
       <c r="B337">
         <v>12</v>
       </c>
       <c r="C337" t="s">
         <v>46</v>
       </c>
       <c r="D337" t="s">
         <v>296</v>
       </c>
       <c r="E337">
@@ -14375,66 +14378,66 @@
       </c>
       <c r="K337">
         <v>2</v>
       </c>
       <c r="L337" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>435</v>
       </c>
       <c r="B338">
         <v>10</v>
       </c>
       <c r="C338" t="s">
         <v>408</v>
       </c>
       <c r="D338" t="s">
         <v>450</v>
       </c>
       <c r="E338">
         <v>11</v>
       </c>
       <c r="F338">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="G338">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="H338">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="I338">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="J338">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K338">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="L338" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>436</v>
       </c>
       <c r="C339" t="s">
         <v>451</v>
       </c>
       <c r="D339" t="s">
         <v>452</v>
       </c>
       <c r="E339">
         <v>2</v>
       </c>
       <c r="F339">
         <v>7</v>
       </c>
       <c r="G339">
         <v>1</v>
       </c>
       <c r="H339">
@@ -14789,60 +14792,60 @@
       </c>
       <c r="F349">
         <v>1</v>
       </c>
       <c r="L349" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
         <v>454</v>
       </c>
       <c r="B350">
         <v>6</v>
       </c>
       <c r="C350" t="s">
         <v>23</v>
       </c>
       <c r="D350" t="s">
         <v>465</v>
       </c>
       <c r="E350">
         <v>12</v>
       </c>
       <c r="F350">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G350">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="H350">
         <v>18</v>
       </c>
       <c r="I350">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="L350" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
         <v>456</v>
       </c>
       <c r="C351" t="s">
         <v>42</v>
       </c>
       <c r="D351" t="s">
         <v>466</v>
       </c>
       <c r="E351">
         <v>5</v>
       </c>
       <c r="F351">
         <v>63</v>
       </c>
       <c r="G351">
         <v>36</v>
       </c>
       <c r="H351">
@@ -14856,60 +14859,60 @@
       </c>
       <c r="K351">
         <v>10</v>
       </c>
       <c r="L351" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>457</v>
       </c>
       <c r="B352">
         <v>15</v>
       </c>
       <c r="C352" t="s">
         <v>103</v>
       </c>
       <c r="D352" t="s">
         <v>467</v>
       </c>
       <c r="E352">
         <v>5</v>
       </c>
       <c r="F352">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="G352">
         <v>17</v>
       </c>
       <c r="H352">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I352">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="J352">
         <v>137</v>
       </c>
       <c r="K352">
         <v>65</v>
       </c>
       <c r="L352" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>458</v>
       </c>
       <c r="B353">
         <v>99</v>
       </c>
       <c r="C353" t="s">
         <v>468</v>
       </c>
       <c r="D353" t="s">
         <v>469</v>
       </c>
       <c r="E353">
@@ -14926,60 +14929,60 @@
       </c>
       <c r="I353">
         <v>2</v>
       </c>
       <c r="L353" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>460</v>
       </c>
       <c r="B354">
         <v>2</v>
       </c>
       <c r="C354" t="s">
         <v>186</v>
       </c>
       <c r="D354" t="s">
         <v>470</v>
       </c>
       <c r="E354">
         <v>4</v>
       </c>
       <c r="F354">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="G354">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H354">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I354">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="J354">
         <v>34</v>
       </c>
       <c r="K354">
         <v>16</v>
       </c>
       <c r="L354" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>461</v>
       </c>
       <c r="B355">
         <v>7</v>
       </c>
       <c r="C355" t="s">
         <v>253</v>
       </c>
       <c r="D355" t="s">
         <v>254</v>
       </c>
       <c r="E355">
@@ -15002,98 +15005,98 @@
       </c>
       <c r="K355">
         <v>4</v>
       </c>
       <c r="L355" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>462</v>
       </c>
       <c r="B356">
         <v>4</v>
       </c>
       <c r="C356" t="s">
         <v>203</v>
       </c>
       <c r="D356" t="s">
         <v>404</v>
       </c>
       <c r="E356">
         <v>4</v>
       </c>
       <c r="F356">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="G356">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H356">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="I356">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="J356">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="K356">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="L356" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>463</v>
       </c>
       <c r="B357">
         <v>15</v>
       </c>
       <c r="C357" t="s">
         <v>32</v>
       </c>
       <c r="D357" t="s">
         <v>339</v>
       </c>
       <c r="E357">
         <v>4</v>
       </c>
       <c r="F357">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="G357">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="H357">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="I357">
-        <v>126</v>
+        <v>140</v>
       </c>
       <c r="J357">
         <v>26</v>
       </c>
       <c r="K357">
         <v>12</v>
       </c>
       <c r="L357" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>465</v>
       </c>
       <c r="B358">
         <v>19</v>
       </c>
       <c r="C358" t="s">
         <v>419</v>
       </c>
       <c r="D358" t="s">
         <v>348</v>
       </c>
       <c r="E358">
@@ -15913,133 +15916,133 @@
       </c>
       <c r="K383">
         <v>8</v>
       </c>
       <c r="L383" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
         <v>509</v>
       </c>
       <c r="B384">
         <v>20</v>
       </c>
       <c r="C384" t="s">
         <v>46</v>
       </c>
       <c r="D384" t="s">
         <v>405</v>
       </c>
       <c r="E384">
         <v>4</v>
       </c>
       <c r="F384">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G384">
         <v>14</v>
       </c>
       <c r="H384">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I384">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J384">
         <v>16</v>
       </c>
       <c r="K384">
         <v>8</v>
       </c>
       <c r="L384" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>511</v>
       </c>
       <c r="B385">
         <v>3</v>
       </c>
       <c r="C385" t="s">
         <v>156</v>
       </c>
       <c r="D385" t="s">
         <v>489</v>
       </c>
       <c r="E385">
         <v>7</v>
       </c>
       <c r="F385">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H385">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I385">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J385">
         <v>2</v>
       </c>
       <c r="K385">
         <v>1</v>
       </c>
       <c r="L385" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>513</v>
       </c>
       <c r="B386">
         <v>28</v>
       </c>
       <c r="C386" t="s">
         <v>490</v>
       </c>
       <c r="D386" t="s">
         <v>491</v>
       </c>
       <c r="E386">
         <v>11</v>
       </c>
       <c r="F386">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="G386">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H386">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="I386">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="J386">
         <v>20</v>
       </c>
       <c r="K386">
         <v>8</v>
       </c>
       <c r="L386" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>514</v>
       </c>
       <c r="B387">
         <v>24</v>
       </c>
       <c r="C387" t="s">
         <v>46</v>
       </c>
       <c r="D387" t="s">
         <v>487</v>
       </c>
       <c r="E387">
@@ -16097,66 +16100,66 @@
       </c>
       <c r="K388">
         <v>6</v>
       </c>
       <c r="L388" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>517</v>
       </c>
       <c r="B389">
         <v>20</v>
       </c>
       <c r="C389" t="s">
         <v>493</v>
       </c>
       <c r="D389" t="s">
         <v>494</v>
       </c>
       <c r="E389">
         <v>6</v>
       </c>
       <c r="F389">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="G389">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H389">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I389">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="J389">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K389">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L389" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>518</v>
       </c>
       <c r="B390">
         <v>77</v>
       </c>
       <c r="C390" t="s">
         <v>309</v>
       </c>
       <c r="D390" t="s">
         <v>477</v>
       </c>
       <c r="E390">
         <v>6</v>
       </c>
       <c r="F390">
         <v>27</v>
       </c>
       <c r="G390">
@@ -16414,110 +16417,110 @@
       </c>
       <c r="D398" t="s">
         <v>505</v>
       </c>
       <c r="E398">
         <v>2</v>
       </c>
       <c r="F398">
         <v>4</v>
       </c>
       <c r="H398">
         <v>1</v>
       </c>
       <c r="I398">
         <v>1</v>
       </c>
       <c r="L398" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>536</v>
       </c>
       <c r="B399">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="C399" t="s">
         <v>506</v>
       </c>
       <c r="D399" t="s">
         <v>507</v>
       </c>
       <c r="E399">
         <v>12</v>
       </c>
       <c r="F399">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="G399">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H399">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="I399">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="J399">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K399">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L399" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>539</v>
       </c>
       <c r="B400">
         <v>40</v>
       </c>
       <c r="C400" t="s">
         <v>203</v>
       </c>
       <c r="D400" t="s">
         <v>508</v>
       </c>
       <c r="E400">
         <v>4</v>
       </c>
       <c r="F400">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="G400">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="H400">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="I400">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="J400">
         <v>12</v>
       </c>
       <c r="K400">
         <v>6</v>
       </c>
       <c r="L400" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>540</v>
       </c>
       <c r="B401">
         <v>9</v>
       </c>
       <c r="C401" t="s">
         <v>509</v>
       </c>
       <c r="D401" t="s">
         <v>510</v>
       </c>
       <c r="E401">
@@ -16639,127 +16642,127 @@
       </c>
       <c r="K404">
         <v>2</v>
       </c>
       <c r="L404" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>544</v>
       </c>
       <c r="B405">
         <v>11</v>
       </c>
       <c r="C405" t="s">
         <v>15</v>
       </c>
       <c r="D405" t="s">
         <v>513</v>
       </c>
       <c r="E405">
         <v>5</v>
       </c>
       <c r="F405">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G405">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H405">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I405">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="J405">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K405">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L405" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>545</v>
       </c>
       <c r="B406">
         <v>4</v>
       </c>
       <c r="C406" t="s">
         <v>58</v>
       </c>
       <c r="D406" t="s">
         <v>514</v>
       </c>
       <c r="E406">
         <v>12</v>
       </c>
       <c r="F406">
         <v>1</v>
       </c>
       <c r="L406" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>546</v>
       </c>
       <c r="B407">
         <v>8</v>
       </c>
       <c r="C407" t="s">
         <v>220</v>
       </c>
       <c r="D407" t="s">
         <v>515</v>
       </c>
       <c r="E407">
         <v>12</v>
       </c>
       <c r="F407">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G407">
         <v>3</v>
       </c>
       <c r="H407">
         <v>10</v>
       </c>
       <c r="I407">
         <v>13</v>
       </c>
       <c r="J407">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="K407">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L407" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>557</v>
       </c>
       <c r="B408">
         <v>10</v>
       </c>
       <c r="C408" t="s">
         <v>516</v>
       </c>
       <c r="D408" t="s">
         <v>235</v>
       </c>
       <c r="E408">
         <v>4</v>
       </c>
       <c r="F408">
         <v>10</v>
       </c>
       <c r="H408">
@@ -16811,66 +16814,66 @@
       </c>
       <c r="K409">
         <v>3</v>
       </c>
       <c r="L409" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
         <v>559</v>
       </c>
       <c r="B410">
         <v>27</v>
       </c>
       <c r="C410" t="s">
         <v>58</v>
       </c>
       <c r="D410" t="s">
         <v>518</v>
       </c>
       <c r="E410">
         <v>4</v>
       </c>
       <c r="F410">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="G410">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H410">
+        <v>27</v>
+      </c>
+      <c r="I410">
+        <v>31</v>
+      </c>
+      <c r="J410">
+        <v>55</v>
+      </c>
+      <c r="K410">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L410" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
         <v>560</v>
       </c>
       <c r="B411">
         <v>3</v>
       </c>
       <c r="C411" t="s">
         <v>263</v>
       </c>
       <c r="D411" t="s">
         <v>519</v>
       </c>
       <c r="E411">
         <v>4</v>
       </c>
       <c r="F411">
         <v>42</v>
       </c>
       <c r="G411">
@@ -17100,66 +17103,66 @@
       </c>
       <c r="K417">
         <v>2</v>
       </c>
       <c r="L417" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>568</v>
       </c>
       <c r="B418">
         <v>21</v>
       </c>
       <c r="C418" t="s">
         <v>499</v>
       </c>
       <c r="D418" t="s">
         <v>525</v>
       </c>
       <c r="E418">
         <v>5</v>
       </c>
       <c r="F418">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="G418">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="H418">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I418">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="J418">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K418">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L418" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>569</v>
       </c>
       <c r="B419">
         <v>19</v>
       </c>
       <c r="C419" t="s">
         <v>526</v>
       </c>
       <c r="D419" t="s">
         <v>362</v>
       </c>
       <c r="E419">
         <v>5</v>
       </c>
       <c r="F419">
         <v>23</v>
       </c>
       <c r="G419">
@@ -17479,51 +17482,51 @@
       </c>
       <c r="I428">
         <v>4</v>
       </c>
       <c r="L428" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
         <v>584</v>
       </c>
       <c r="B429">
         <v>5</v>
       </c>
       <c r="C429" t="s">
         <v>533</v>
       </c>
       <c r="D429" t="s">
         <v>405</v>
       </c>
       <c r="E429">
         <v>5</v>
       </c>
       <c r="F429">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G429">
         <v>3</v>
       </c>
       <c r="H429">
         <v>10</v>
       </c>
       <c r="I429">
         <v>13</v>
       </c>
       <c r="J429">
         <v>22</v>
       </c>
       <c r="K429">
         <v>7</v>
       </c>
       <c r="L429" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
         <v>585</v>
       </c>
       <c r="B430">
@@ -17750,180 +17753,180 @@
       </c>
       <c r="K436">
         <v>1</v>
       </c>
       <c r="L436" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
         <v>593</v>
       </c>
       <c r="B437">
         <v>4</v>
       </c>
       <c r="C437" t="s">
         <v>541</v>
       </c>
       <c r="D437" t="s">
         <v>542</v>
       </c>
       <c r="E437">
         <v>16</v>
       </c>
       <c r="F437">
+        <v>48</v>
+      </c>
+      <c r="G437">
+        <v>8</v>
+      </c>
+      <c r="H437">
+        <v>11</v>
+      </c>
+      <c r="I437">
+        <v>19</v>
+      </c>
+      <c r="J437">
+        <v>84</v>
+      </c>
+      <c r="K437">
         <v>40</v>
-      </c>
-[...13 lines deleted...]
-        <v>36</v>
       </c>
       <c r="L437" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>594</v>
       </c>
       <c r="B438">
         <v>6</v>
       </c>
       <c r="C438" t="s">
         <v>309</v>
       </c>
       <c r="D438" t="s">
         <v>543</v>
       </c>
       <c r="E438">
         <v>16</v>
       </c>
       <c r="F438">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G438">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H438">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I438">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="J438">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="K438">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L438" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>595</v>
       </c>
       <c r="B439">
         <v>7</v>
       </c>
       <c r="C439" t="s">
         <v>30</v>
       </c>
       <c r="D439" t="s">
         <v>544</v>
       </c>
       <c r="E439">
         <v>16</v>
       </c>
       <c r="F439">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="G439">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H439">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I439">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="J439">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K439">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L439" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>596</v>
       </c>
       <c r="B440">
         <v>9</v>
       </c>
       <c r="C440" t="s">
         <v>545</v>
       </c>
       <c r="D440" t="s">
         <v>546</v>
       </c>
       <c r="E440">
         <v>16</v>
       </c>
       <c r="F440">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="G440">
         <v>2</v>
       </c>
       <c r="H440">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I440">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="J440">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="K440">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="L440" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>597</v>
       </c>
       <c r="B441">
         <v>11</v>
       </c>
       <c r="C441" t="s">
         <v>38</v>
       </c>
       <c r="D441" t="s">
         <v>450</v>
       </c>
       <c r="E441">
         <v>16</v>
       </c>
       <c r="F441">
         <v>14</v>
       </c>
       <c r="G441">
@@ -17940,66 +17943,66 @@
       </c>
       <c r="K441">
         <v>5</v>
       </c>
       <c r="L441" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>598</v>
       </c>
       <c r="B442">
         <v>12</v>
       </c>
       <c r="C442" t="s">
         <v>307</v>
       </c>
       <c r="D442" t="s">
         <v>547</v>
       </c>
       <c r="E442">
         <v>16</v>
       </c>
       <c r="F442">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="G442">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="H442">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="I442">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="J442">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="K442">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L442" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>599</v>
       </c>
       <c r="B443">
         <v>16</v>
       </c>
       <c r="C443" t="s">
         <v>217</v>
       </c>
       <c r="D443" t="s">
         <v>548</v>
       </c>
       <c r="E443">
         <v>16</v>
       </c>
       <c r="F443">
         <v>3</v>
       </c>
       <c r="G443">
@@ -18010,60 +18013,60 @@
       </c>
       <c r="I443">
         <v>2</v>
       </c>
       <c r="L443" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>600</v>
       </c>
       <c r="B444">
         <v>20</v>
       </c>
       <c r="C444" t="s">
         <v>15</v>
       </c>
       <c r="D444" t="s">
         <v>77</v>
       </c>
       <c r="E444">
         <v>16</v>
       </c>
       <c r="F444">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G444">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="H444">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I444">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="J444">
         <v>2</v>
       </c>
       <c r="K444">
         <v>1</v>
       </c>
       <c r="L444" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>601</v>
       </c>
       <c r="B445">
         <v>21</v>
       </c>
       <c r="C445" t="s">
         <v>200</v>
       </c>
       <c r="D445" t="s">
         <v>549</v>
       </c>
       <c r="E445">
@@ -18086,66 +18089,66 @@
       </c>
       <c r="K445">
         <v>2</v>
       </c>
       <c r="L445" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>602</v>
       </c>
       <c r="B446">
         <v>24</v>
       </c>
       <c r="C446" t="s">
         <v>220</v>
       </c>
       <c r="D446" t="s">
         <v>49</v>
       </c>
       <c r="E446">
         <v>16</v>
       </c>
       <c r="F446">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G446">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H446">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I446">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="J446">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K446">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L446" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>603</v>
       </c>
       <c r="B447">
         <v>88</v>
       </c>
       <c r="C447" t="s">
         <v>550</v>
       </c>
       <c r="D447" t="s">
         <v>551</v>
       </c>
       <c r="E447">
         <v>16</v>
       </c>
       <c r="F447">
         <v>9</v>
       </c>
       <c r="G447">
@@ -18162,60 +18165,60 @@
       </c>
       <c r="K447">
         <v>2</v>
       </c>
       <c r="L447" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>604</v>
       </c>
       <c r="B448">
         <v>66</v>
       </c>
       <c r="C448" t="s">
         <v>68</v>
       </c>
       <c r="D448" t="s">
         <v>552</v>
       </c>
       <c r="E448">
         <v>16</v>
       </c>
       <c r="F448">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="G448">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H448">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="I448">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="J448">
         <v>25</v>
       </c>
       <c r="K448">
         <v>7</v>
       </c>
       <c r="L448" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>605</v>
       </c>
       <c r="B449">
         <v>13</v>
       </c>
       <c r="C449" t="s">
         <v>98</v>
       </c>
       <c r="D449" t="s">
         <v>553</v>
       </c>
       <c r="E449">
@@ -18238,66 +18241,66 @@
       </c>
       <c r="K449">
         <v>2</v>
       </c>
       <c r="L449" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>606</v>
       </c>
       <c r="B450">
         <v>15</v>
       </c>
       <c r="C450" t="s">
         <v>96</v>
       </c>
       <c r="D450" t="s">
         <v>554</v>
       </c>
       <c r="E450">
         <v>16</v>
       </c>
       <c r="F450">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G450">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H450">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="I450">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="J450">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K450">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L450" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>607</v>
       </c>
       <c r="B451">
         <v>5</v>
       </c>
       <c r="C451" t="s">
         <v>555</v>
       </c>
       <c r="D451" t="s">
         <v>556</v>
       </c>
       <c r="E451">
         <v>16</v>
       </c>
       <c r="F451">
         <v>10</v>
       </c>
       <c r="G451">
@@ -18305,66 +18308,66 @@
       </c>
       <c r="I451">
         <v>2</v>
       </c>
       <c r="L451" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>608</v>
       </c>
       <c r="B452">
         <v>8</v>
       </c>
       <c r="C452" t="s">
         <v>361</v>
       </c>
       <c r="D452" t="s">
         <v>557</v>
       </c>
       <c r="E452">
         <v>16</v>
       </c>
       <c r="F452">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="G452">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="H452">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I452">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="J452">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K452">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L452" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>609</v>
       </c>
       <c r="B453">
         <v>10</v>
       </c>
       <c r="C453" t="s">
         <v>70</v>
       </c>
       <c r="D453" t="s">
         <v>244</v>
       </c>
       <c r="E453">
         <v>16</v>
       </c>
       <c r="F453">
         <v>14</v>
       </c>
       <c r="G453">
@@ -18407,136 +18410,136 @@
       </c>
       <c r="I454">
         <v>5</v>
       </c>
       <c r="L454" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>613</v>
       </c>
       <c r="B455">
         <v>62</v>
       </c>
       <c r="C455" t="s">
         <v>42</v>
       </c>
       <c r="D455" t="s">
         <v>559</v>
       </c>
       <c r="E455">
         <v>6</v>
       </c>
       <c r="F455">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G455">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H455">
         <v>8</v>
       </c>
       <c r="I455">
+        <v>17</v>
+      </c>
+      <c r="J455">
         <v>16</v>
       </c>
-      <c r="J455">
-[...1 lines deleted...]
-      </c>
       <c r="K455">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L455" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>614</v>
       </c>
       <c r="B456">
         <v>4</v>
       </c>
       <c r="C456" t="s">
         <v>58</v>
       </c>
       <c r="D456" t="s">
         <v>268</v>
       </c>
       <c r="E456">
         <v>12</v>
       </c>
       <c r="F456">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="G456">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H456">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I456">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="J456">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="K456">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L456" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>615</v>
       </c>
       <c r="B457">
         <v>99</v>
       </c>
       <c r="C457" t="s">
         <v>560</v>
       </c>
       <c r="D457" t="s">
         <v>561</v>
       </c>
       <c r="E457">
         <v>12</v>
       </c>
       <c r="F457">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="G457">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="H457">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="I457">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="J457">
         <v>30</v>
       </c>
       <c r="K457">
         <v>14</v>
       </c>
       <c r="L457" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>616</v>
       </c>
       <c r="B458">
         <v>12</v>
       </c>
       <c r="C458" t="s">
         <v>154</v>
       </c>
       <c r="D458" t="s">
         <v>562</v>
       </c>
       <c r="E458">
@@ -18597,60 +18600,60 @@
       </c>
       <c r="K459">
         <v>3</v>
       </c>
       <c r="L459" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>618</v>
       </c>
       <c r="B460">
         <v>24</v>
       </c>
       <c r="C460" t="s">
         <v>30</v>
       </c>
       <c r="D460" t="s">
         <v>531</v>
       </c>
       <c r="E460">
         <v>11</v>
       </c>
       <c r="F460">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G460">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H460">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I460">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="J460">
         <v>10</v>
       </c>
       <c r="K460">
         <v>4</v>
       </c>
       <c r="L460" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>619</v>
       </c>
       <c r="B461">
         <v>21</v>
       </c>
       <c r="C461" t="s">
         <v>564</v>
       </c>
       <c r="D461" t="s">
         <v>565</v>
       </c>
       <c r="E461">
@@ -18746,104 +18749,104 @@
       </c>
       <c r="K463">
         <v>5</v>
       </c>
       <c r="L463" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
         <v>628</v>
       </c>
       <c r="B464">
         <v>8</v>
       </c>
       <c r="C464" t="s">
         <v>499</v>
       </c>
       <c r="D464" t="s">
         <v>459</v>
       </c>
       <c r="E464">
         <v>7</v>
       </c>
       <c r="F464">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="G464">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H464">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="I464">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="J464">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K464">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L464" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
         <v>631</v>
       </c>
       <c r="B465">
         <v>11</v>
       </c>
       <c r="C465" t="s">
         <v>70</v>
       </c>
       <c r="D465" t="s">
         <v>569</v>
       </c>
       <c r="E465">
         <v>11</v>
       </c>
       <c r="F465">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G465">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="H465">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="I465">
-        <v>98</v>
+        <v>118</v>
       </c>
       <c r="J465">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="K465">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="L465" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>632</v>
       </c>
       <c r="B466">
         <v>12</v>
       </c>
       <c r="C466" t="s">
         <v>307</v>
       </c>
       <c r="D466" t="s">
         <v>528</v>
       </c>
       <c r="E466">
         <v>12</v>
       </c>
       <c r="F466">
         <v>28</v>
       </c>
       <c r="G466">
@@ -18860,60 +18863,60 @@
       </c>
       <c r="K466">
         <v>11</v>
       </c>
       <c r="L466" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>633</v>
       </c>
       <c r="B467">
         <v>9</v>
       </c>
       <c r="C467" t="s">
         <v>331</v>
       </c>
       <c r="D467" t="s">
         <v>332</v>
       </c>
       <c r="E467">
         <v>11</v>
       </c>
       <c r="F467">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G467">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H467">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="I467">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="J467">
         <v>10</v>
       </c>
       <c r="K467">
         <v>5</v>
       </c>
       <c r="L467" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>635</v>
       </c>
       <c r="C468" t="s">
         <v>570</v>
       </c>
       <c r="D468" t="s">
         <v>524</v>
       </c>
       <c r="E468">
         <v>12</v>
       </c>
       <c r="F468">
@@ -18933,60 +18936,60 @@
       </c>
       <c r="K468">
         <v>5</v>
       </c>
       <c r="L468" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>639</v>
       </c>
       <c r="B469">
         <v>3</v>
       </c>
       <c r="C469" t="s">
         <v>12</v>
       </c>
       <c r="D469" t="s">
         <v>571</v>
       </c>
       <c r="E469">
         <v>5</v>
       </c>
       <c r="F469">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="G469">
         <v>4</v>
       </c>
       <c r="H469">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I469">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="J469">
         <v>10</v>
       </c>
       <c r="K469">
         <v>5</v>
       </c>
       <c r="L469" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>640</v>
       </c>
       <c r="B470">
         <v>17</v>
       </c>
       <c r="C470" t="s">
         <v>285</v>
       </c>
       <c r="D470" t="s">
         <v>572</v>
       </c>
       <c r="E470">
@@ -19180,78 +19183,78 @@
       </c>
       <c r="D476" t="s">
         <v>390</v>
       </c>
       <c r="E476">
         <v>5</v>
       </c>
       <c r="F476">
         <v>1</v>
       </c>
       <c r="H476">
         <v>1</v>
       </c>
       <c r="I476">
         <v>1</v>
       </c>
       <c r="L476" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477">
         <v>655</v>
       </c>
       <c r="B477">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C477" t="s">
         <v>126</v>
       </c>
       <c r="D477" t="s">
         <v>100</v>
       </c>
       <c r="E477">
         <v>12</v>
       </c>
       <c r="F477">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G477">
         <v>10</v>
       </c>
       <c r="H477">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I477">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="J477">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="K477">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L477" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478">
         <v>656</v>
       </c>
       <c r="B478">
         <v>12</v>
       </c>
       <c r="C478" t="s">
         <v>575</v>
       </c>
       <c r="D478" t="s">
         <v>576</v>
       </c>
       <c r="E478">
         <v>12</v>
       </c>
       <c r="F478">
         <v>5</v>
       </c>
       <c r="G478">
@@ -19291,51 +19294,51 @@
       </c>
       <c r="F479">
         <v>1</v>
       </c>
       <c r="L479" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
         <v>658</v>
       </c>
       <c r="B480">
         <v>35</v>
       </c>
       <c r="C480" t="s">
         <v>529</v>
       </c>
       <c r="D480" t="s">
         <v>579</v>
       </c>
       <c r="E480">
         <v>8</v>
       </c>
       <c r="F480">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G480">
         <v>18</v>
       </c>
       <c r="H480">
         <v>19</v>
       </c>
       <c r="I480">
         <v>37</v>
       </c>
       <c r="L480" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
         <v>659</v>
       </c>
       <c r="B481">
         <v>5</v>
       </c>
       <c r="C481" t="s">
         <v>533</v>
       </c>
       <c r="D481" t="s">
@@ -19603,66 +19606,66 @@
       </c>
       <c r="K488">
         <v>1</v>
       </c>
       <c r="L488" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
         <v>672</v>
       </c>
       <c r="B489">
         <v>12</v>
       </c>
       <c r="C489" t="s">
         <v>585</v>
       </c>
       <c r="D489" t="s">
         <v>586</v>
       </c>
       <c r="E489">
         <v>4</v>
       </c>
       <c r="F489">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G489">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H489">
+        <v>10</v>
+      </c>
+      <c r="I489">
+        <v>14</v>
+      </c>
+      <c r="J489">
+        <v>20</v>
+      </c>
+      <c r="K489">
         <v>9</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
       <c r="L489" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
         <v>673</v>
       </c>
       <c r="B490">
         <v>77</v>
       </c>
       <c r="C490" t="s">
         <v>587</v>
       </c>
       <c r="D490" t="s">
         <v>588</v>
       </c>
       <c r="E490">
         <v>7</v>
       </c>
       <c r="F490">
         <v>10</v>
       </c>
       <c r="G490">
@@ -19711,142 +19714,142 @@
       </c>
       <c r="K491">
         <v>8</v>
       </c>
       <c r="L491" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
         <v>675</v>
       </c>
       <c r="B492">
         <v>21</v>
       </c>
       <c r="C492" t="s">
         <v>203</v>
       </c>
       <c r="D492" t="s">
         <v>590</v>
       </c>
       <c r="E492">
         <v>16</v>
       </c>
       <c r="F492">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G492">
         <v>14</v>
       </c>
       <c r="H492">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="I492">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="J492">
         <v>4</v>
       </c>
       <c r="K492">
         <v>2</v>
       </c>
       <c r="L492" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
         <v>676</v>
       </c>
       <c r="B493">
         <v>27</v>
       </c>
       <c r="C493" t="s">
         <v>285</v>
       </c>
       <c r="D493" t="s">
         <v>572</v>
       </c>
       <c r="E493">
         <v>16</v>
       </c>
       <c r="F493">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="G493">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="H493">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="I493">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="J493">
         <v>14</v>
       </c>
       <c r="K493">
         <v>7</v>
       </c>
       <c r="L493" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
         <v>677</v>
       </c>
       <c r="B494">
         <v>17</v>
       </c>
       <c r="C494" t="s">
         <v>209</v>
       </c>
       <c r="D494" t="s">
         <v>591</v>
       </c>
       <c r="E494">
         <v>16</v>
       </c>
       <c r="F494">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G494">
         <v>1</v>
       </c>
       <c r="H494">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="I494">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="J494">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="K494">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L494" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
         <v>678</v>
       </c>
       <c r="B495">
         <v>88</v>
       </c>
       <c r="C495" t="s">
         <v>48</v>
       </c>
       <c r="D495" t="s">
         <v>592</v>
       </c>
       <c r="E495">
         <v>16</v>
       </c>
       <c r="F495">
         <v>20</v>
       </c>
       <c r="G495">
@@ -19863,206 +19866,206 @@
       </c>
       <c r="K495">
         <v>3</v>
       </c>
       <c r="L495" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
         <v>679</v>
       </c>
       <c r="B496">
         <v>11</v>
       </c>
       <c r="C496" t="s">
         <v>50</v>
       </c>
       <c r="D496" t="s">
         <v>593</v>
       </c>
       <c r="E496">
         <v>16</v>
       </c>
       <c r="F496">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="G496">
+        <v>32</v>
+      </c>
+      <c r="H496">
         <v>26</v>
       </c>
-      <c r="H496">
-[...1 lines deleted...]
-      </c>
       <c r="I496">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="J496">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="K496">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L496" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
         <v>680</v>
       </c>
       <c r="B497">
         <v>12</v>
       </c>
       <c r="C497" t="s">
         <v>451</v>
       </c>
       <c r="D497" t="s">
         <v>594</v>
       </c>
       <c r="E497">
         <v>6</v>
       </c>
       <c r="F497">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G497">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H497">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="I497">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="J497">
         <v>10</v>
       </c>
       <c r="K497">
         <v>5</v>
       </c>
       <c r="L497" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
         <v>681</v>
       </c>
       <c r="B498">
         <v>77</v>
       </c>
       <c r="C498" t="s">
         <v>229</v>
       </c>
       <c r="D498" t="s">
         <v>595</v>
       </c>
       <c r="E498">
         <v>6</v>
       </c>
       <c r="F498">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G498">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H498">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I498">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L498" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
         <v>682</v>
       </c>
       <c r="B499">
         <v>15</v>
       </c>
       <c r="C499" t="s">
         <v>596</v>
       </c>
       <c r="D499" t="s">
         <v>597</v>
       </c>
       <c r="E499">
         <v>6</v>
       </c>
       <c r="F499">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G499">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H499">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I499">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="J499">
         <v>28</v>
       </c>
       <c r="K499">
         <v>13</v>
       </c>
       <c r="L499" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
         <v>683</v>
       </c>
       <c r="B500">
         <v>16</v>
       </c>
       <c r="C500" t="s">
         <v>446</v>
       </c>
       <c r="D500" t="s">
         <v>598</v>
       </c>
       <c r="E500">
         <v>11</v>
       </c>
       <c r="F500">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="G500">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="H500">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="I500">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="L500" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
         <v>685</v>
       </c>
       <c r="B501">
         <v>12</v>
       </c>
       <c r="C501" t="s">
         <v>164</v>
       </c>
       <c r="D501" t="s">
         <v>520</v>
       </c>
       <c r="E501">
         <v>11</v>
       </c>
       <c r="F501">
         <v>20</v>
       </c>
       <c r="G501">
@@ -20079,182 +20082,188 @@
       </c>
       <c r="K501">
         <v>4</v>
       </c>
       <c r="L501" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502">
         <v>686</v>
       </c>
       <c r="B502">
         <v>4</v>
       </c>
       <c r="C502" t="s">
         <v>86</v>
       </c>
       <c r="D502" t="s">
         <v>599</v>
       </c>
       <c r="E502">
         <v>8</v>
       </c>
       <c r="F502">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G502">
         <v>4</v>
       </c>
       <c r="H502">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I502">
-        <v>13</v>
+        <v>15</v>
+      </c>
+      <c r="J502">
+        <v>2</v>
+      </c>
+      <c r="K502">
+        <v>1</v>
       </c>
       <c r="L502" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
         <v>687</v>
       </c>
       <c r="B503">
         <v>8</v>
       </c>
       <c r="C503" t="s">
         <v>109</v>
       </c>
       <c r="D503" t="s">
         <v>93</v>
       </c>
       <c r="E503">
         <v>5</v>
       </c>
       <c r="F503">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="G503">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H503">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="I503">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="J503">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="K503">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L503" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
         <v>689</v>
       </c>
       <c r="B504">
         <v>67</v>
       </c>
       <c r="C504" t="s">
         <v>160</v>
       </c>
       <c r="D504" t="s">
         <v>600</v>
       </c>
       <c r="E504">
         <v>6</v>
       </c>
       <c r="F504">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G504">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H504">
+        <v>11</v>
+      </c>
+      <c r="I504">
+        <v>28</v>
+      </c>
+      <c r="J504">
+        <v>16</v>
+      </c>
+      <c r="K504">
         <v>8</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
       <c r="L504" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
         <v>694</v>
       </c>
       <c r="B505">
         <v>23</v>
       </c>
       <c r="C505" t="s">
         <v>307</v>
       </c>
       <c r="D505" t="s">
         <v>601</v>
       </c>
       <c r="E505">
         <v>4</v>
       </c>
       <c r="F505">
         <v>3</v>
       </c>
       <c r="L505" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506">
         <v>695</v>
       </c>
       <c r="B506">
         <v>26</v>
       </c>
       <c r="C506" t="s">
         <v>15</v>
       </c>
       <c r="D506" t="s">
         <v>29</v>
       </c>
       <c r="E506">
         <v>7</v>
       </c>
       <c r="F506">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="G506">
         <v>3</v>
       </c>
       <c r="H506">
         <v>1</v>
       </c>
       <c r="I506">
         <v>4</v>
       </c>
       <c r="J506">
         <v>6</v>
       </c>
       <c r="K506">
         <v>3</v>
       </c>
       <c r="L506" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507">
         <v>696</v>
       </c>
       <c r="B507">
@@ -20408,92 +20417,92 @@
       </c>
       <c r="I511">
         <v>1</v>
       </c>
       <c r="L511" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512">
         <v>707</v>
       </c>
       <c r="B512">
         <v>25</v>
       </c>
       <c r="C512" t="s">
         <v>605</v>
       </c>
       <c r="D512" t="s">
         <v>606</v>
       </c>
       <c r="E512">
         <v>5</v>
       </c>
       <c r="F512">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G512">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="H512">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I512">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="L512" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513">
         <v>708</v>
       </c>
       <c r="B513">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C513" t="s">
         <v>131</v>
       </c>
       <c r="D513" t="s">
         <v>607</v>
       </c>
       <c r="E513">
         <v>5</v>
       </c>
       <c r="F513">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G513">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H513">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I513">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L513" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="514" spans="1:12">
       <c r="A514">
         <v>709</v>
       </c>
       <c r="C514" t="s">
         <v>124</v>
       </c>
       <c r="D514" t="s">
         <v>602</v>
       </c>
       <c r="E514">
         <v>5</v>
       </c>
       <c r="L514" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="515" spans="1:12">
       <c r="A515">
         <v>712</v>
@@ -20640,609 +20649,668 @@
       </c>
       <c r="F519">
         <v>2</v>
       </c>
       <c r="L519" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520">
         <v>720</v>
       </c>
       <c r="B520">
         <v>21</v>
       </c>
       <c r="C520" t="s">
         <v>151</v>
       </c>
       <c r="D520" t="s">
         <v>612</v>
       </c>
       <c r="E520">
         <v>4</v>
       </c>
       <c r="F520">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="G520">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I520">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J520">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K520">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L520" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521">
         <v>721</v>
       </c>
       <c r="B521">
         <v>13</v>
       </c>
       <c r="C521" t="s">
         <v>613</v>
       </c>
       <c r="D521" t="s">
         <v>614</v>
       </c>
       <c r="E521">
         <v>12</v>
       </c>
       <c r="F521">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="G521">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="H521">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="I521">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="J521">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K521">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L521" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522">
         <v>722</v>
       </c>
       <c r="C522" t="s">
         <v>203</v>
       </c>
       <c r="D522" t="s">
         <v>615</v>
       </c>
       <c r="E522">
         <v>16</v>
       </c>
       <c r="L522" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523">
         <v>723</v>
       </c>
       <c r="B523">
         <v>16</v>
       </c>
       <c r="C523" t="s">
         <v>15</v>
       </c>
       <c r="D523" t="s">
         <v>616</v>
       </c>
       <c r="E523">
         <v>16</v>
       </c>
       <c r="F523">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G523">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H523">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="I523">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L523" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524">
         <v>724</v>
       </c>
       <c r="B524">
         <v>3</v>
       </c>
       <c r="C524" t="s">
         <v>617</v>
       </c>
       <c r="D524" t="s">
         <v>618</v>
       </c>
       <c r="E524">
         <v>4</v>
       </c>
       <c r="F524">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="H524">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I524">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L524" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525">
         <v>725</v>
       </c>
       <c r="B525">
         <v>1</v>
       </c>
       <c r="C525" t="s">
         <v>203</v>
       </c>
       <c r="D525" t="s">
         <v>591</v>
       </c>
       <c r="E525">
         <v>16</v>
       </c>
       <c r="F525">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="G525">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H525">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I525">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="K525">
         <v>1</v>
       </c>
       <c r="L525" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="526" spans="1:12">
       <c r="A526">
         <v>726</v>
       </c>
       <c r="C526" t="s">
         <v>36</v>
       </c>
       <c r="D526" t="s">
         <v>619</v>
       </c>
       <c r="E526">
         <v>16</v>
       </c>
       <c r="L526" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527">
         <v>727</v>
       </c>
       <c r="B527">
         <v>17</v>
       </c>
       <c r="C527" t="s">
         <v>88</v>
       </c>
       <c r="D527" t="s">
         <v>203</v>
       </c>
       <c r="E527">
         <v>6</v>
       </c>
       <c r="F527">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="G527">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H527">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I527">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="J527">
+        <v>2</v>
+      </c>
+      <c r="K527">
+        <v>1</v>
       </c>
       <c r="L527" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
         <v>728</v>
       </c>
       <c r="B528">
         <v>18</v>
       </c>
       <c r="C528" t="s">
         <v>94</v>
       </c>
       <c r="D528" t="s">
         <v>59</v>
       </c>
       <c r="E528">
         <v>6</v>
       </c>
       <c r="F528">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G528">
         <v>4</v>
       </c>
       <c r="H528">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I528">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J528">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K528">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L528" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
         <v>729</v>
       </c>
       <c r="B529">
         <v>12</v>
       </c>
       <c r="C529" t="s">
         <v>620</v>
       </c>
       <c r="D529" t="s">
         <v>621</v>
       </c>
       <c r="E529">
         <v>7</v>
       </c>
       <c r="F529">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G529">
         <v>4</v>
       </c>
       <c r="H529">
         <v>4</v>
       </c>
       <c r="I529">
         <v>8</v>
+      </c>
+      <c r="J529">
+        <v>2</v>
+      </c>
+      <c r="K529">
+        <v>1</v>
       </c>
       <c r="L529" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530">
         <v>730</v>
       </c>
       <c r="B530">
         <v>13</v>
       </c>
       <c r="C530" t="s">
         <v>126</v>
       </c>
       <c r="D530" t="s">
         <v>622</v>
       </c>
       <c r="E530">
         <v>7</v>
       </c>
       <c r="F530">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="G530">
         <v>1</v>
       </c>
       <c r="H530">
         <v>4</v>
       </c>
       <c r="I530">
         <v>5</v>
       </c>
       <c r="L530" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B531">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C531" t="s">
-        <v>98</v>
+        <v>50</v>
       </c>
       <c r="D531" t="s">
         <v>623</v>
       </c>
       <c r="E531">
         <v>7</v>
       </c>
       <c r="F531">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="G531">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H531">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I531">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L531" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B532">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="C532" t="s">
-        <v>50</v>
+        <v>463</v>
       </c>
       <c r="D532" t="s">
         <v>624</v>
       </c>
       <c r="E532">
         <v>7</v>
       </c>
       <c r="F532">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G532">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H532">
         <v>4</v>
       </c>
       <c r="I532">
-        <v>7</v>
+        <v>12</v>
+      </c>
+      <c r="J532">
+        <v>2</v>
+      </c>
+      <c r="K532">
+        <v>1</v>
       </c>
       <c r="L532" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B533">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C533" t="s">
-        <v>463</v>
+        <v>625</v>
       </c>
       <c r="D533" t="s">
-        <v>625</v>
+        <v>121</v>
       </c>
       <c r="E533">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="F533">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H533">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I533">
-        <v>8</v>
-[...4 lines deleted...]
-      <c r="K533">
         <v>1</v>
       </c>
       <c r="L533" t="s">
-        <v>202</v>
+        <v>540</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="B534">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="C534" t="s">
         <v>626</v>
       </c>
       <c r="D534" t="s">
-        <v>121</v>
+        <v>627</v>
       </c>
       <c r="E534">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F534">
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="G534">
+        <v>10</v>
       </c>
       <c r="H534">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I534">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="L534" t="s">
-        <v>540</v>
+        <v>80</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="B535">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="C535" t="s">
-        <v>320</v>
+        <v>92</v>
       </c>
       <c r="D535" t="s">
-        <v>158</v>
+        <v>333</v>
       </c>
       <c r="E535">
         <v>4</v>
       </c>
       <c r="F535">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="G535">
+        <v>1</v>
+      </c>
+      <c r="H535">
+        <v>2</v>
+      </c>
+      <c r="I535">
+        <v>3</v>
       </c>
       <c r="L535" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B536">
         <v>19</v>
       </c>
       <c r="C536" t="s">
-        <v>627</v>
+        <v>126</v>
       </c>
       <c r="D536" t="s">
         <v>628</v>
       </c>
       <c r="E536">
+        <v>6</v>
+      </c>
+      <c r="F536">
+        <v>7</v>
+      </c>
+      <c r="G536">
+        <v>1</v>
+      </c>
+      <c r="H536">
         <v>5</v>
       </c>
-      <c r="F536">
-[...7 lines deleted...]
-      </c>
       <c r="I536">
+        <v>6</v>
+      </c>
+      <c r="J536">
+        <v>4</v>
+      </c>
+      <c r="K536">
         <v>2</v>
       </c>
       <c r="L536" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
     </row>
     <row r="537" spans="1:12">
       <c r="A537">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B537">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C537" t="s">
-        <v>92</v>
+        <v>38</v>
       </c>
       <c r="D537" t="s">
-        <v>333</v>
+        <v>39</v>
       </c>
       <c r="E537">
+        <v>7</v>
+      </c>
+      <c r="F537">
+        <v>10</v>
+      </c>
+      <c r="G537">
+        <v>1</v>
+      </c>
+      <c r="H537">
+        <v>3</v>
+      </c>
+      <c r="I537">
         <v>4</v>
       </c>
       <c r="L537" t="s">
-        <v>228</v>
+        <v>202</v>
       </c>
     </row>
     <row r="538" spans="1:12">
       <c r="A538">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B538">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C538" t="s">
-        <v>126</v>
+        <v>309</v>
       </c>
       <c r="D538" t="s">
         <v>629</v>
       </c>
       <c r="E538">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F538">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G538">
+        <v>3</v>
+      </c>
+      <c r="H538">
+        <v>2</v>
+      </c>
+      <c r="I538">
+        <v>5</v>
       </c>
       <c r="L538" t="s">
-        <v>14</v>
+        <v>80</v>
+      </c>
+    </row>
+    <row r="539" spans="1:12">
+      <c r="A539">
+        <v>747</v>
+      </c>
+      <c r="B539">
+        <v>18</v>
+      </c>
+      <c r="C539" t="s">
+        <v>203</v>
+      </c>
+      <c r="D539" t="s">
+        <v>630</v>
+      </c>
+      <c r="E539">
+        <v>4</v>
+      </c>
+      <c r="F539">
+        <v>1</v>
+      </c>
+      <c r="L539" t="s">
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">