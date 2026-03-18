--- v2 (2026-03-14)
+++ v3 (2026-03-18)
@@ -2365,51 +2365,51 @@
       </c>
       <c r="K2">
         <v>59</v>
       </c>
       <c r="L2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G3">
         <v>43</v>
       </c>
       <c r="H3">
         <v>74</v>
       </c>
       <c r="I3">
         <v>117</v>
       </c>
       <c r="J3">
         <v>128</v>
       </c>
       <c r="K3">
         <v>60</v>
       </c>
       <c r="L3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
@@ -2823,51 +2823,51 @@
       </c>
       <c r="K15">
         <v>44</v>
       </c>
       <c r="L15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>55</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16">
         <v>6</v>
       </c>
       <c r="F16">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
       <c r="H16">
         <v>37</v>
       </c>
       <c r="I16">
         <v>40</v>
       </c>
       <c r="J16">
         <v>28</v>
       </c>
       <c r="K16">
         <v>13</v>
       </c>
       <c r="L16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
@@ -3736,60 +3736,60 @@
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>45</v>
       </c>
       <c r="B42">
         <v>7</v>
       </c>
       <c r="C42" t="s">
         <v>83</v>
       </c>
       <c r="D42" t="s">
         <v>84</v>
       </c>
       <c r="E42">
         <v>5</v>
       </c>
       <c r="F42">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="G42">
         <v>117</v>
       </c>
       <c r="H42">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I42">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="J42">
         <v>41</v>
       </c>
       <c r="K42">
         <v>18</v>
       </c>
       <c r="L42" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
         <v>46</v>
       </c>
       <c r="B43">
         <v>5</v>
       </c>
       <c r="C43" t="s">
         <v>68</v>
       </c>
       <c r="D43" t="s">
         <v>85</v>
       </c>
       <c r="E43">
@@ -3850,60 +3850,60 @@
       </c>
       <c r="K44">
         <v>29</v>
       </c>
       <c r="L44" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>48</v>
       </c>
       <c r="B45">
         <v>10</v>
       </c>
       <c r="C45" t="s">
         <v>88</v>
       </c>
       <c r="D45" t="s">
         <v>89</v>
       </c>
       <c r="E45">
         <v>5</v>
       </c>
       <c r="F45">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="G45">
         <v>50</v>
       </c>
       <c r="H45">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I45">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J45">
         <v>166</v>
       </c>
       <c r="K45">
         <v>71</v>
       </c>
       <c r="L45" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>49</v>
       </c>
       <c r="B46">
         <v>11</v>
       </c>
       <c r="C46" t="s">
         <v>90</v>
       </c>
       <c r="D46" t="s">
         <v>91</v>
       </c>
       <c r="E46">
@@ -3926,51 +3926,51 @@
       </c>
       <c r="K46">
         <v>57</v>
       </c>
       <c r="L46" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>50</v>
       </c>
       <c r="B47">
         <v>12</v>
       </c>
       <c r="C47" t="s">
         <v>92</v>
       </c>
       <c r="D47" t="s">
         <v>93</v>
       </c>
       <c r="E47">
         <v>5</v>
       </c>
       <c r="F47">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="G47">
         <v>12</v>
       </c>
       <c r="H47">
         <v>77</v>
       </c>
       <c r="I47">
         <v>89</v>
       </c>
       <c r="J47">
         <v>93</v>
       </c>
       <c r="K47">
         <v>42</v>
       </c>
       <c r="L47" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
         <v>51</v>
       </c>
       <c r="C48" t="s">
@@ -4092,66 +4092,66 @@
       </c>
       <c r="K51">
         <v>12</v>
       </c>
       <c r="L51" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>55</v>
       </c>
       <c r="B52">
         <v>22</v>
       </c>
       <c r="C52" t="s">
         <v>100</v>
       </c>
       <c r="D52" t="s">
         <v>102</v>
       </c>
       <c r="E52">
         <v>5</v>
       </c>
       <c r="F52">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G52">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H52">
         <v>177</v>
       </c>
       <c r="I52">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="J52">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="K52">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L52" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>56</v>
       </c>
       <c r="B53">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>103</v>
       </c>
       <c r="D53" t="s">
         <v>104</v>
       </c>
       <c r="E53">
         <v>5</v>
       </c>
       <c r="F53">
         <v>48</v>
       </c>
       <c r="G53">
@@ -4244,51 +4244,51 @@
       </c>
       <c r="K55">
         <v>13</v>
       </c>
       <c r="L55" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>59</v>
       </c>
       <c r="B56">
         <v>52</v>
       </c>
       <c r="C56" t="s">
         <v>38</v>
       </c>
       <c r="D56" t="s">
         <v>107</v>
       </c>
       <c r="E56">
         <v>5</v>
       </c>
       <c r="F56">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="G56">
         <v>45</v>
       </c>
       <c r="H56">
         <v>87</v>
       </c>
       <c r="I56">
         <v>132</v>
       </c>
       <c r="J56">
         <v>13</v>
       </c>
       <c r="K56">
         <v>6</v>
       </c>
       <c r="L56" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
         <v>60</v>
       </c>
       <c r="B57">
@@ -4320,51 +4320,51 @@
       </c>
       <c r="K57">
         <v>9</v>
       </c>
       <c r="L57" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
         <v>61</v>
       </c>
       <c r="B58">
         <v>95</v>
       </c>
       <c r="C58" t="s">
         <v>109</v>
       </c>
       <c r="D58" t="s">
         <v>110</v>
       </c>
       <c r="E58">
         <v>5</v>
       </c>
       <c r="F58">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="G58">
         <v>1</v>
       </c>
       <c r="H58">
         <v>24</v>
       </c>
       <c r="I58">
         <v>25</v>
       </c>
       <c r="J58">
         <v>128</v>
       </c>
       <c r="K58">
         <v>55</v>
       </c>
       <c r="L58" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
         <v>62</v>
       </c>
       <c r="C59" t="s">
@@ -4419,60 +4419,60 @@
       </c>
       <c r="K60">
         <v>17</v>
       </c>
       <c r="L60" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>65</v>
       </c>
       <c r="B61">
         <v>44</v>
       </c>
       <c r="C61" t="s">
         <v>58</v>
       </c>
       <c r="D61" t="s">
         <v>114</v>
       </c>
       <c r="E61">
         <v>8</v>
       </c>
       <c r="F61">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G61">
         <v>50</v>
       </c>
       <c r="H61">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I61">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J61">
         <v>19</v>
       </c>
       <c r="K61">
         <v>9</v>
       </c>
       <c r="L61" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>66</v>
       </c>
       <c r="B62">
         <v>20</v>
       </c>
       <c r="C62" t="s">
         <v>116</v>
       </c>
       <c r="D62" t="s">
         <v>117</v>
       </c>
       <c r="E62">
@@ -4495,89 +4495,89 @@
       </c>
       <c r="K62">
         <v>43</v>
       </c>
       <c r="L62" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>67</v>
       </c>
       <c r="B63">
         <v>7</v>
       </c>
       <c r="C63" t="s">
         <v>88</v>
       </c>
       <c r="D63" t="s">
         <v>118</v>
       </c>
       <c r="E63">
         <v>8</v>
       </c>
       <c r="F63">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="G63">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H63">
         <v>151</v>
       </c>
       <c r="I63">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J63">
         <v>55</v>
       </c>
       <c r="K63">
         <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
         <v>68</v>
       </c>
       <c r="B64">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>119</v>
       </c>
       <c r="D64" t="s">
         <v>120</v>
       </c>
       <c r="E64">
         <v>8</v>
       </c>
       <c r="F64">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="G64">
         <v>20</v>
       </c>
       <c r="H64">
         <v>83</v>
       </c>
       <c r="I64">
         <v>103</v>
       </c>
       <c r="J64">
         <v>94</v>
       </c>
       <c r="K64">
         <v>40</v>
       </c>
       <c r="L64" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
         <v>69</v>
       </c>
       <c r="B65">
@@ -4609,60 +4609,60 @@
       </c>
       <c r="K65">
         <v>66</v>
       </c>
       <c r="L65" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
         <v>70</v>
       </c>
       <c r="B66">
         <v>14</v>
       </c>
       <c r="C66" t="s">
         <v>122</v>
       </c>
       <c r="D66" t="s">
         <v>123</v>
       </c>
       <c r="E66">
         <v>8</v>
       </c>
       <c r="F66">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G66">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H66">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I66">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="J66">
         <v>57</v>
       </c>
       <c r="K66">
         <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
         <v>71</v>
       </c>
       <c r="B67">
         <v>10</v>
       </c>
       <c r="C67" t="s">
         <v>124</v>
       </c>
       <c r="D67" t="s">
         <v>125</v>
       </c>
       <c r="E67">
@@ -4737,51 +4737,51 @@
       </c>
       <c r="F69">
         <v>5</v>
       </c>
       <c r="L69" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>74</v>
       </c>
       <c r="B70">
         <v>5</v>
       </c>
       <c r="C70" t="s">
         <v>81</v>
       </c>
       <c r="D70" t="s">
         <v>129</v>
       </c>
       <c r="E70">
         <v>8</v>
       </c>
       <c r="F70">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="G70">
         <v>13</v>
       </c>
       <c r="H70">
         <v>62</v>
       </c>
       <c r="I70">
         <v>75</v>
       </c>
       <c r="J70">
         <v>118</v>
       </c>
       <c r="K70">
         <v>53</v>
       </c>
       <c r="L70" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>75</v>
       </c>
       <c r="B71">
@@ -4813,51 +4813,51 @@
       </c>
       <c r="K71">
         <v>47</v>
       </c>
       <c r="L71" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>76</v>
       </c>
       <c r="B72">
         <v>17</v>
       </c>
       <c r="C72" t="s">
         <v>132</v>
       </c>
       <c r="D72" t="s">
         <v>133</v>
       </c>
       <c r="E72">
         <v>8</v>
       </c>
       <c r="F72">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G72">
         <v>24</v>
       </c>
       <c r="H72">
         <v>58</v>
       </c>
       <c r="I72">
         <v>82</v>
       </c>
       <c r="J72">
         <v>54</v>
       </c>
       <c r="K72">
         <v>24</v>
       </c>
       <c r="L72" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>77</v>
       </c>
       <c r="B73">
@@ -4912,60 +4912,60 @@
       </c>
       <c r="K74">
         <v>8</v>
       </c>
       <c r="L74" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
         <v>79</v>
       </c>
       <c r="B75">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>137</v>
       </c>
       <c r="D75" t="s">
         <v>138</v>
       </c>
       <c r="E75">
         <v>8</v>
       </c>
       <c r="F75">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G75">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H75">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I75">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="J75">
         <v>234</v>
       </c>
       <c r="K75">
         <v>96</v>
       </c>
       <c r="L75" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>80</v>
       </c>
       <c r="C76" t="s">
         <v>42</v>
       </c>
       <c r="D76" t="s">
         <v>139</v>
       </c>
       <c r="E76">
         <v>8</v>
       </c>
       <c r="F76">
@@ -4999,89 +4999,89 @@
       </c>
       <c r="F77">
         <v>6</v>
       </c>
       <c r="L77" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>82</v>
       </c>
       <c r="B78">
         <v>54</v>
       </c>
       <c r="C78" t="s">
         <v>88</v>
       </c>
       <c r="D78" t="s">
         <v>142</v>
       </c>
       <c r="E78">
         <v>8</v>
       </c>
       <c r="F78">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G78">
         <v>19</v>
       </c>
       <c r="H78">
         <v>115</v>
       </c>
       <c r="I78">
         <v>134</v>
       </c>
       <c r="J78">
         <v>103</v>
       </c>
       <c r="K78">
         <v>46</v>
       </c>
       <c r="L78" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>83</v>
       </c>
       <c r="B79">
         <v>10</v>
       </c>
       <c r="C79" t="s">
         <v>143</v>
       </c>
       <c r="D79" t="s">
         <v>144</v>
       </c>
       <c r="E79">
         <v>8</v>
       </c>
       <c r="F79">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G79">
         <v>115</v>
       </c>
       <c r="H79">
         <v>137</v>
       </c>
       <c r="I79">
         <v>252</v>
       </c>
       <c r="J79">
         <v>75</v>
       </c>
       <c r="K79">
         <v>34</v>
       </c>
       <c r="L79" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>85</v>
       </c>
       <c r="B80">
@@ -6657,104 +6657,104 @@
       </c>
       <c r="F126">
         <v>1</v>
       </c>
       <c r="L126" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>134</v>
       </c>
       <c r="B127">
         <v>18</v>
       </c>
       <c r="C127" t="s">
         <v>88</v>
       </c>
       <c r="D127" t="s">
         <v>216</v>
       </c>
       <c r="E127">
         <v>7</v>
       </c>
       <c r="F127">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G127">
         <v>15</v>
       </c>
       <c r="H127">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I127">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J127">
         <v>102</v>
       </c>
       <c r="K127">
         <v>47</v>
       </c>
       <c r="L127" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>135</v>
       </c>
       <c r="B128">
         <v>5</v>
       </c>
       <c r="C128" t="s">
         <v>217</v>
       </c>
       <c r="D128" t="s">
         <v>74</v>
       </c>
       <c r="E128">
         <v>7</v>
       </c>
       <c r="F128">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G128">
         <v>16</v>
       </c>
       <c r="H128">
         <v>53</v>
       </c>
       <c r="I128">
         <v>69</v>
       </c>
       <c r="J128">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="K128">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L128" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>136</v>
       </c>
       <c r="B129">
         <v>20</v>
       </c>
       <c r="C129" t="s">
         <v>218</v>
       </c>
       <c r="D129" t="s">
         <v>219</v>
       </c>
       <c r="E129">
         <v>7</v>
       </c>
       <c r="F129">
         <v>136</v>
       </c>
       <c r="G129">
@@ -6809,104 +6809,104 @@
       </c>
       <c r="K130">
         <v>42</v>
       </c>
       <c r="L130" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>138</v>
       </c>
       <c r="B131">
         <v>22</v>
       </c>
       <c r="C131" t="s">
         <v>222</v>
       </c>
       <c r="D131" t="s">
         <v>223</v>
       </c>
       <c r="E131">
         <v>7</v>
       </c>
       <c r="F131">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G131">
         <v>26</v>
       </c>
       <c r="H131">
         <v>41</v>
       </c>
       <c r="I131">
         <v>67</v>
       </c>
       <c r="J131">
         <v>93</v>
       </c>
       <c r="K131">
         <v>42</v>
       </c>
       <c r="L131" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>139</v>
       </c>
       <c r="B132">
         <v>77</v>
       </c>
       <c r="C132" t="s">
         <v>224</v>
       </c>
       <c r="D132" t="s">
         <v>225</v>
       </c>
       <c r="E132">
         <v>7</v>
       </c>
       <c r="F132">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G132">
         <v>84</v>
       </c>
       <c r="H132">
         <v>85</v>
       </c>
       <c r="I132">
         <v>169</v>
       </c>
       <c r="J132">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="K132">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L132" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>140</v>
       </c>
       <c r="B133">
         <v>87</v>
       </c>
       <c r="C133" t="s">
         <v>126</v>
       </c>
       <c r="D133" t="s">
         <v>226</v>
       </c>
       <c r="E133">
         <v>7</v>
       </c>
       <c r="F133">
         <v>60</v>
       </c>
       <c r="G133">
@@ -7151,51 +7151,51 @@
       </c>
       <c r="K139">
         <v>27</v>
       </c>
       <c r="L139" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>149</v>
       </c>
       <c r="B140">
         <v>6</v>
       </c>
       <c r="C140" t="s">
         <v>48</v>
       </c>
       <c r="D140" t="s">
         <v>234</v>
       </c>
       <c r="E140">
         <v>4</v>
       </c>
       <c r="F140">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G140">
         <v>42</v>
       </c>
       <c r="H140">
         <v>60</v>
       </c>
       <c r="I140">
         <v>102</v>
       </c>
       <c r="J140">
         <v>64</v>
       </c>
       <c r="K140">
         <v>30</v>
       </c>
       <c r="L140" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>150</v>
       </c>
       <c r="B141">
@@ -7493,51 +7493,51 @@
       </c>
       <c r="K148">
         <v>4</v>
       </c>
       <c r="L148" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
         <v>158</v>
       </c>
       <c r="B149">
         <v>30</v>
       </c>
       <c r="C149" t="s">
         <v>46</v>
       </c>
       <c r="D149" t="s">
         <v>244</v>
       </c>
       <c r="E149">
         <v>4</v>
       </c>
       <c r="F149">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G149">
         <v>78</v>
       </c>
       <c r="H149">
         <v>85</v>
       </c>
       <c r="I149">
         <v>163</v>
       </c>
       <c r="J149">
         <v>143</v>
       </c>
       <c r="K149">
         <v>63</v>
       </c>
       <c r="L149" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
         <v>159</v>
       </c>
       <c r="B150">
@@ -8320,51 +8320,51 @@
       </c>
       <c r="K170">
         <v>1</v>
       </c>
       <c r="L170" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>184</v>
       </c>
       <c r="B171">
         <v>25</v>
       </c>
       <c r="C171" t="s">
         <v>269</v>
       </c>
       <c r="D171" t="s">
         <v>108</v>
       </c>
       <c r="E171">
         <v>4</v>
       </c>
       <c r="F171">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G171">
         <v>83</v>
       </c>
       <c r="H171">
         <v>80</v>
       </c>
       <c r="I171">
         <v>163</v>
       </c>
       <c r="J171">
         <v>47</v>
       </c>
       <c r="K171">
         <v>22</v>
       </c>
       <c r="L171" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>185</v>
       </c>
       <c r="C172" t="s">
@@ -8501,60 +8501,60 @@
       </c>
       <c r="K175">
         <v>2</v>
       </c>
       <c r="L175" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>189</v>
       </c>
       <c r="B176">
         <v>16</v>
       </c>
       <c r="C176" t="s">
         <v>179</v>
       </c>
       <c r="D176" t="s">
         <v>275</v>
       </c>
       <c r="E176">
         <v>8</v>
       </c>
       <c r="F176">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G176">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H176">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I176">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="J176">
         <v>180</v>
       </c>
       <c r="K176">
         <v>72</v>
       </c>
       <c r="L176" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>190</v>
       </c>
       <c r="C177" t="s">
         <v>50</v>
       </c>
       <c r="D177" t="s">
         <v>276</v>
       </c>
       <c r="E177">
         <v>8</v>
       </c>
       <c r="F177">
@@ -8953,51 +8953,51 @@
       </c>
       <c r="K188">
         <v>11</v>
       </c>
       <c r="L188" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
         <v>204</v>
       </c>
       <c r="B189">
         <v>7</v>
       </c>
       <c r="C189" t="s">
         <v>86</v>
       </c>
       <c r="D189" t="s">
         <v>293</v>
       </c>
       <c r="E189">
         <v>7</v>
       </c>
       <c r="F189">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G189">
         <v>7</v>
       </c>
       <c r="H189">
         <v>16</v>
       </c>
       <c r="I189">
         <v>23</v>
       </c>
       <c r="J189">
         <v>6</v>
       </c>
       <c r="K189">
         <v>2</v>
       </c>
       <c r="L189" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
         <v>205</v>
       </c>
       <c r="B190">
@@ -9318,51 +9318,51 @@
       </c>
       <c r="K198">
         <v>9</v>
       </c>
       <c r="L198" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
         <v>216</v>
       </c>
       <c r="B199">
         <v>13</v>
       </c>
       <c r="C199" t="s">
         <v>68</v>
       </c>
       <c r="D199" t="s">
         <v>304</v>
       </c>
       <c r="E199">
         <v>8</v>
       </c>
       <c r="F199">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G199">
         <v>155</v>
       </c>
       <c r="H199">
         <v>85</v>
       </c>
       <c r="I199">
         <v>240</v>
       </c>
       <c r="J199">
         <v>8</v>
       </c>
       <c r="K199">
         <v>4</v>
       </c>
       <c r="L199" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
         <v>219</v>
       </c>
       <c r="C200" t="s">
@@ -11747,60 +11747,60 @@
       </c>
       <c r="K265">
         <v>1</v>
       </c>
       <c r="L265" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>342</v>
       </c>
       <c r="B266">
         <v>17</v>
       </c>
       <c r="C266" t="s">
         <v>58</v>
       </c>
       <c r="D266" t="s">
         <v>381</v>
       </c>
       <c r="E266">
         <v>5</v>
       </c>
       <c r="F266">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G266">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H266">
         <v>43</v>
       </c>
       <c r="I266">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J266">
         <v>12</v>
       </c>
       <c r="K266">
         <v>6</v>
       </c>
       <c r="L266" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>349</v>
       </c>
       <c r="B267">
         <v>17</v>
       </c>
       <c r="C267" t="s">
         <v>73</v>
       </c>
       <c r="D267" t="s">
         <v>382</v>
       </c>
       <c r="E267">
@@ -12258,51 +12258,51 @@
       </c>
       <c r="K279">
         <v>10</v>
       </c>
       <c r="L279" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
         <v>366</v>
       </c>
       <c r="B280">
         <v>16</v>
       </c>
       <c r="C280" t="s">
         <v>395</v>
       </c>
       <c r="D280" t="s">
         <v>396</v>
       </c>
       <c r="E280">
         <v>4</v>
       </c>
       <c r="F280">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G280">
         <v>25</v>
       </c>
       <c r="H280">
         <v>45</v>
       </c>
       <c r="I280">
         <v>70</v>
       </c>
       <c r="J280">
         <v>14</v>
       </c>
       <c r="K280">
         <v>7</v>
       </c>
       <c r="L280" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
         <v>367</v>
       </c>
       <c r="B281">
@@ -12613,51 +12613,51 @@
       </c>
       <c r="I290">
         <v>4</v>
       </c>
       <c r="L290" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
         <v>380</v>
       </c>
       <c r="B291">
         <v>44</v>
       </c>
       <c r="C291" t="s">
         <v>408</v>
       </c>
       <c r="D291" t="s">
         <v>409</v>
       </c>
       <c r="E291">
         <v>6</v>
       </c>
       <c r="F291">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G291">
         <v>18</v>
       </c>
       <c r="H291">
         <v>28</v>
       </c>
       <c r="I291">
         <v>46</v>
       </c>
       <c r="J291">
         <v>8</v>
       </c>
       <c r="K291">
         <v>4</v>
       </c>
       <c r="L291" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
         <v>383</v>
       </c>
       <c r="B292">
@@ -12911,104 +12911,104 @@
       </c>
       <c r="K298">
         <v>24</v>
       </c>
       <c r="L298" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>390</v>
       </c>
       <c r="B299">
         <v>33</v>
       </c>
       <c r="C299" t="s">
         <v>174</v>
       </c>
       <c r="D299" t="s">
         <v>175</v>
       </c>
       <c r="E299">
         <v>11</v>
       </c>
       <c r="F299">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G299">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H299">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I299">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="J299">
         <v>66</v>
       </c>
       <c r="K299">
         <v>31</v>
       </c>
       <c r="L299" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>391</v>
       </c>
       <c r="B300">
         <v>7</v>
       </c>
       <c r="C300" t="s">
         <v>103</v>
       </c>
       <c r="D300" t="s">
         <v>389</v>
       </c>
       <c r="E300">
         <v>11</v>
       </c>
       <c r="F300">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G300">
         <v>11</v>
       </c>
       <c r="H300">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I300">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J300">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K300">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L300" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>392</v>
       </c>
       <c r="B301">
         <v>11</v>
       </c>
       <c r="C301" t="s">
         <v>255</v>
       </c>
       <c r="D301" t="s">
         <v>256</v>
       </c>
       <c r="E301">
         <v>11</v>
       </c>
       <c r="F301">
         <v>37</v>
       </c>
       <c r="G301">
@@ -13101,89 +13101,89 @@
       </c>
       <c r="K303">
         <v>4</v>
       </c>
       <c r="L303" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>395</v>
       </c>
       <c r="B304">
         <v>20</v>
       </c>
       <c r="C304" t="s">
         <v>147</v>
       </c>
       <c r="D304" t="s">
         <v>390</v>
       </c>
       <c r="E304">
         <v>11</v>
       </c>
       <c r="F304">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G304">
         <v>63</v>
       </c>
       <c r="H304">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="I304">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="J304">
         <v>10</v>
       </c>
       <c r="K304">
         <v>4</v>
       </c>
       <c r="L304" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>396</v>
       </c>
       <c r="B305">
         <v>45</v>
       </c>
       <c r="C305" t="s">
         <v>132</v>
       </c>
       <c r="D305" t="s">
         <v>391</v>
       </c>
       <c r="E305">
         <v>11</v>
       </c>
       <c r="F305">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G305">
         <v>22</v>
       </c>
       <c r="H305">
         <v>46</v>
       </c>
       <c r="I305">
         <v>68</v>
       </c>
       <c r="J305">
         <v>4</v>
       </c>
       <c r="K305">
         <v>2</v>
       </c>
       <c r="L305" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>397</v>
       </c>
       <c r="B306">
@@ -13215,98 +13215,98 @@
       </c>
       <c r="K306">
         <v>12</v>
       </c>
       <c r="L306" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>398</v>
       </c>
       <c r="B307">
         <v>88</v>
       </c>
       <c r="C307" t="s">
         <v>361</v>
       </c>
       <c r="D307" t="s">
         <v>362</v>
       </c>
       <c r="E307">
         <v>11</v>
       </c>
       <c r="F307">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G307">
         <v>28</v>
       </c>
       <c r="H307">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I307">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J307">
         <v>42</v>
       </c>
       <c r="K307">
         <v>19</v>
       </c>
       <c r="L307" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>399</v>
       </c>
       <c r="B308">
         <v>19</v>
       </c>
       <c r="C308" t="s">
         <v>419</v>
       </c>
       <c r="D308" t="s">
         <v>348</v>
       </c>
       <c r="E308">
         <v>11</v>
       </c>
       <c r="F308">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G308">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H308">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I308">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="J308">
         <v>22</v>
       </c>
       <c r="K308">
         <v>11</v>
       </c>
       <c r="L308" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>400</v>
       </c>
       <c r="C309" t="s">
         <v>194</v>
       </c>
       <c r="D309" t="s">
         <v>195</v>
       </c>
       <c r="E309">
         <v>11</v>
       </c>
       <c r="F309">
@@ -13808,51 +13808,51 @@
       </c>
       <c r="K322">
         <v>30</v>
       </c>
       <c r="L322" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>416</v>
       </c>
       <c r="B323">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>383</v>
       </c>
       <c r="D323" t="s">
         <v>433</v>
       </c>
       <c r="E323">
         <v>12</v>
       </c>
       <c r="F323">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G323">
         <v>87</v>
       </c>
       <c r="H323">
         <v>54</v>
       </c>
       <c r="I323">
         <v>141</v>
       </c>
       <c r="J323">
         <v>85</v>
       </c>
       <c r="K323">
         <v>32</v>
       </c>
       <c r="L323" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>417</v>
       </c>
       <c r="B324">
@@ -13960,180 +13960,180 @@
       </c>
       <c r="K326">
         <v>18</v>
       </c>
       <c r="L326" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>420</v>
       </c>
       <c r="B327">
         <v>25</v>
       </c>
       <c r="C327" t="s">
         <v>100</v>
       </c>
       <c r="D327" t="s">
         <v>257</v>
       </c>
       <c r="E327">
         <v>12</v>
       </c>
       <c r="F327">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G327">
         <v>44</v>
       </c>
       <c r="H327">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I327">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J327">
         <v>30</v>
       </c>
       <c r="K327">
         <v>15</v>
       </c>
       <c r="L327" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>421</v>
       </c>
       <c r="B328">
         <v>14</v>
       </c>
       <c r="C328" t="s">
         <v>437</v>
       </c>
       <c r="D328" t="s">
         <v>438</v>
       </c>
       <c r="E328">
         <v>12</v>
       </c>
       <c r="F328">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G328">
         <v>2</v>
       </c>
       <c r="H328">
         <v>12</v>
       </c>
       <c r="I328">
         <v>14</v>
       </c>
       <c r="J328">
         <v>6</v>
       </c>
       <c r="K328">
         <v>3</v>
       </c>
       <c r="L328" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>422</v>
       </c>
       <c r="B329">
         <v>15</v>
       </c>
       <c r="C329" t="s">
         <v>96</v>
       </c>
       <c r="D329" t="s">
         <v>439</v>
       </c>
       <c r="E329">
         <v>12</v>
       </c>
       <c r="F329">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G329">
         <v>8</v>
       </c>
       <c r="H329">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I329">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="J329">
         <v>50</v>
       </c>
       <c r="K329">
         <v>22</v>
       </c>
       <c r="L329" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>423</v>
       </c>
       <c r="B330">
         <v>91</v>
       </c>
       <c r="C330" t="s">
         <v>440</v>
       </c>
       <c r="D330" t="s">
         <v>441</v>
       </c>
       <c r="E330">
         <v>12</v>
       </c>
       <c r="F330">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G330">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H330">
         <v>28</v>
       </c>
       <c r="I330">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J330">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K330">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L330" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>425</v>
       </c>
       <c r="B331">
         <v>16</v>
       </c>
       <c r="C331" t="s">
         <v>15</v>
       </c>
       <c r="D331" t="s">
         <v>442</v>
       </c>
       <c r="E331">
         <v>6</v>
       </c>
       <c r="F331">
         <v>62</v>
       </c>
       <c r="G331">
@@ -14150,66 +14150,66 @@
       </c>
       <c r="K331">
         <v>20</v>
       </c>
       <c r="L331" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>426</v>
       </c>
       <c r="B332">
         <v>91</v>
       </c>
       <c r="C332" t="s">
         <v>15</v>
       </c>
       <c r="D332" t="s">
         <v>443</v>
       </c>
       <c r="E332">
         <v>6</v>
       </c>
       <c r="F332">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G332">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H332">
         <v>38</v>
       </c>
       <c r="I332">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J332">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K332">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L332" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>427</v>
       </c>
       <c r="B333">
         <v>20</v>
       </c>
       <c r="C333" t="s">
         <v>444</v>
       </c>
       <c r="D333" t="s">
         <v>445</v>
       </c>
       <c r="E333">
         <v>6</v>
       </c>
       <c r="F333">
         <v>19</v>
       </c>
       <c r="G333">
@@ -14226,60 +14226,60 @@
       </c>
       <c r="K333">
         <v>1</v>
       </c>
       <c r="L333" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>428</v>
       </c>
       <c r="B334">
         <v>14</v>
       </c>
       <c r="C334" t="s">
         <v>446</v>
       </c>
       <c r="D334" t="s">
         <v>447</v>
       </c>
       <c r="E334">
         <v>11</v>
       </c>
       <c r="F334">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G334">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="H334">
         <v>84</v>
       </c>
       <c r="I334">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="J334">
         <v>6</v>
       </c>
       <c r="K334">
         <v>3</v>
       </c>
       <c r="L334" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>429</v>
       </c>
       <c r="B335">
         <v>29</v>
       </c>
       <c r="C335" t="s">
         <v>49</v>
       </c>
       <c r="D335" t="s">
         <v>448</v>
       </c>
       <c r="E335">
@@ -14302,60 +14302,60 @@
       </c>
       <c r="K335">
         <v>11</v>
       </c>
       <c r="L335" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>431</v>
       </c>
       <c r="B336">
         <v>16</v>
       </c>
       <c r="C336" t="s">
         <v>15</v>
       </c>
       <c r="D336" t="s">
         <v>449</v>
       </c>
       <c r="E336">
         <v>12</v>
       </c>
       <c r="F336">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G336">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H336">
         <v>52</v>
       </c>
       <c r="I336">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J336">
         <v>40</v>
       </c>
       <c r="K336">
         <v>19</v>
       </c>
       <c r="L336" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>434</v>
       </c>
       <c r="B337">
         <v>12</v>
       </c>
       <c r="C337" t="s">
         <v>46</v>
       </c>
       <c r="D337" t="s">
         <v>296</v>
       </c>
       <c r="E337">
@@ -14378,60 +14378,60 @@
       </c>
       <c r="K337">
         <v>2</v>
       </c>
       <c r="L337" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>435</v>
       </c>
       <c r="B338">
         <v>10</v>
       </c>
       <c r="C338" t="s">
         <v>408</v>
       </c>
       <c r="D338" t="s">
         <v>450</v>
       </c>
       <c r="E338">
         <v>11</v>
       </c>
       <c r="F338">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G338">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H338">
         <v>80</v>
       </c>
       <c r="I338">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J338">
         <v>44</v>
       </c>
       <c r="K338">
         <v>17</v>
       </c>
       <c r="L338" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>436</v>
       </c>
       <c r="C339" t="s">
         <v>451</v>
       </c>
       <c r="D339" t="s">
         <v>452</v>
       </c>
       <c r="E339">
         <v>2</v>
       </c>
       <c r="F339">
@@ -14859,66 +14859,66 @@
       </c>
       <c r="K351">
         <v>10</v>
       </c>
       <c r="L351" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>457</v>
       </c>
       <c r="B352">
         <v>15</v>
       </c>
       <c r="C352" t="s">
         <v>103</v>
       </c>
       <c r="D352" t="s">
         <v>467</v>
       </c>
       <c r="E352">
         <v>5</v>
       </c>
       <c r="F352">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G352">
         <v>17</v>
       </c>
       <c r="H352">
         <v>33</v>
       </c>
       <c r="I352">
         <v>50</v>
       </c>
       <c r="J352">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="K352">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L352" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>458</v>
       </c>
       <c r="B353">
         <v>99</v>
       </c>
       <c r="C353" t="s">
         <v>468</v>
       </c>
       <c r="D353" t="s">
         <v>469</v>
       </c>
       <c r="E353">
         <v>12</v>
       </c>
       <c r="F353">
         <v>1</v>
       </c>
       <c r="G353">
@@ -14929,51 +14929,51 @@
       </c>
       <c r="I353">
         <v>2</v>
       </c>
       <c r="L353" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>460</v>
       </c>
       <c r="B354">
         <v>2</v>
       </c>
       <c r="C354" t="s">
         <v>186</v>
       </c>
       <c r="D354" t="s">
         <v>470</v>
       </c>
       <c r="E354">
         <v>4</v>
       </c>
       <c r="F354">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G354">
         <v>16</v>
       </c>
       <c r="H354">
         <v>63</v>
       </c>
       <c r="I354">
         <v>79</v>
       </c>
       <c r="J354">
         <v>34</v>
       </c>
       <c r="K354">
         <v>16</v>
       </c>
       <c r="L354" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>461</v>
       </c>
       <c r="B355">
@@ -15005,89 +15005,89 @@
       </c>
       <c r="K355">
         <v>4</v>
       </c>
       <c r="L355" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>462</v>
       </c>
       <c r="B356">
         <v>4</v>
       </c>
       <c r="C356" t="s">
         <v>203</v>
       </c>
       <c r="D356" t="s">
         <v>404</v>
       </c>
       <c r="E356">
         <v>4</v>
       </c>
       <c r="F356">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G356">
         <v>12</v>
       </c>
       <c r="H356">
         <v>27</v>
       </c>
       <c r="I356">
         <v>39</v>
       </c>
       <c r="J356">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K356">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L356" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>463</v>
       </c>
       <c r="B357">
         <v>15</v>
       </c>
       <c r="C357" t="s">
         <v>32</v>
       </c>
       <c r="D357" t="s">
         <v>339</v>
       </c>
       <c r="E357">
         <v>4</v>
       </c>
       <c r="F357">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G357">
         <v>68</v>
       </c>
       <c r="H357">
         <v>72</v>
       </c>
       <c r="I357">
         <v>140</v>
       </c>
       <c r="J357">
         <v>26</v>
       </c>
       <c r="K357">
         <v>12</v>
       </c>
       <c r="L357" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>465</v>
       </c>
       <c r="B358">
@@ -15954,95 +15954,95 @@
       </c>
       <c r="K384">
         <v>8</v>
       </c>
       <c r="L384" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>511</v>
       </c>
       <c r="B385">
         <v>3</v>
       </c>
       <c r="C385" t="s">
         <v>156</v>
       </c>
       <c r="D385" t="s">
         <v>489</v>
       </c>
       <c r="E385">
         <v>7</v>
       </c>
       <c r="F385">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H385">
         <v>2</v>
       </c>
       <c r="I385">
         <v>2</v>
       </c>
       <c r="J385">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K385">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L385" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>513</v>
       </c>
       <c r="B386">
         <v>28</v>
       </c>
       <c r="C386" t="s">
         <v>490</v>
       </c>
       <c r="D386" t="s">
         <v>491</v>
       </c>
       <c r="E386">
         <v>11</v>
       </c>
       <c r="F386">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G386">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H386">
         <v>67</v>
       </c>
       <c r="I386">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J386">
         <v>20</v>
       </c>
       <c r="K386">
         <v>8</v>
       </c>
       <c r="L386" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>514</v>
       </c>
       <c r="B387">
         <v>24</v>
       </c>
       <c r="C387" t="s">
         <v>46</v>
       </c>
       <c r="D387" t="s">
         <v>487</v>
       </c>
       <c r="E387">
@@ -16429,98 +16429,98 @@
       </c>
       <c r="I398">
         <v>1</v>
       </c>
       <c r="L398" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>536</v>
       </c>
       <c r="B399">
         <v>2</v>
       </c>
       <c r="C399" t="s">
         <v>506</v>
       </c>
       <c r="D399" t="s">
         <v>507</v>
       </c>
       <c r="E399">
         <v>12</v>
       </c>
       <c r="F399">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G399">
         <v>18</v>
       </c>
       <c r="H399">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I399">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="J399">
         <v>16</v>
       </c>
       <c r="K399">
         <v>8</v>
       </c>
       <c r="L399" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>539</v>
       </c>
       <c r="B400">
         <v>40</v>
       </c>
       <c r="C400" t="s">
         <v>203</v>
       </c>
       <c r="D400" t="s">
         <v>508</v>
       </c>
       <c r="E400">
         <v>4</v>
       </c>
       <c r="F400">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G400">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H400">
         <v>49</v>
       </c>
       <c r="I400">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J400">
         <v>12</v>
       </c>
       <c r="K400">
         <v>6</v>
       </c>
       <c r="L400" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>540</v>
       </c>
       <c r="B401">
         <v>9</v>
       </c>
       <c r="C401" t="s">
         <v>509</v>
       </c>
       <c r="D401" t="s">
         <v>510</v>
       </c>
       <c r="E401">
@@ -16642,60 +16642,60 @@
       </c>
       <c r="K404">
         <v>2</v>
       </c>
       <c r="L404" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>544</v>
       </c>
       <c r="B405">
         <v>11</v>
       </c>
       <c r="C405" t="s">
         <v>15</v>
       </c>
       <c r="D405" t="s">
         <v>513</v>
       </c>
       <c r="E405">
         <v>5</v>
       </c>
       <c r="F405">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G405">
         <v>24</v>
       </c>
       <c r="H405">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I405">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J405">
         <v>48</v>
       </c>
       <c r="K405">
         <v>22</v>
       </c>
       <c r="L405" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>545</v>
       </c>
       <c r="B406">
         <v>4</v>
       </c>
       <c r="C406" t="s">
         <v>58</v>
       </c>
       <c r="D406" t="s">
         <v>514</v>
       </c>
       <c r="E406">
@@ -17103,51 +17103,51 @@
       </c>
       <c r="K417">
         <v>2</v>
       </c>
       <c r="L417" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>568</v>
       </c>
       <c r="B418">
         <v>21</v>
       </c>
       <c r="C418" t="s">
         <v>499</v>
       </c>
       <c r="D418" t="s">
         <v>525</v>
       </c>
       <c r="E418">
         <v>5</v>
       </c>
       <c r="F418">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G418">
         <v>50</v>
       </c>
       <c r="H418">
         <v>34</v>
       </c>
       <c r="I418">
         <v>84</v>
       </c>
       <c r="J418">
         <v>6</v>
       </c>
       <c r="K418">
         <v>3</v>
       </c>
       <c r="L418" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>569</v>
       </c>
       <c r="B419">
@@ -17791,136 +17791,136 @@
       </c>
       <c r="K437">
         <v>40</v>
       </c>
       <c r="L437" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>594</v>
       </c>
       <c r="B438">
         <v>6</v>
       </c>
       <c r="C438" t="s">
         <v>309</v>
       </c>
       <c r="D438" t="s">
         <v>543</v>
       </c>
       <c r="E438">
         <v>16</v>
       </c>
       <c r="F438">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G438">
         <v>22</v>
       </c>
       <c r="H438">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I438">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J438">
         <v>42</v>
       </c>
       <c r="K438">
         <v>21</v>
       </c>
       <c r="L438" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>595</v>
       </c>
       <c r="B439">
         <v>7</v>
       </c>
       <c r="C439" t="s">
         <v>30</v>
       </c>
       <c r="D439" t="s">
         <v>544</v>
       </c>
       <c r="E439">
         <v>16</v>
       </c>
       <c r="F439">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G439">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H439">
         <v>29</v>
       </c>
       <c r="I439">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J439">
         <v>16</v>
       </c>
       <c r="K439">
         <v>8</v>
       </c>
       <c r="L439" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>596</v>
       </c>
       <c r="B440">
         <v>9</v>
       </c>
       <c r="C440" t="s">
         <v>545</v>
       </c>
       <c r="D440" t="s">
         <v>546</v>
       </c>
       <c r="E440">
         <v>16</v>
       </c>
       <c r="F440">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G440">
         <v>2</v>
       </c>
       <c r="H440">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I440">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J440">
         <v>32</v>
       </c>
       <c r="K440">
         <v>16</v>
       </c>
       <c r="L440" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>597</v>
       </c>
       <c r="B441">
         <v>11</v>
       </c>
       <c r="C441" t="s">
         <v>38</v>
       </c>
       <c r="D441" t="s">
         <v>450</v>
       </c>
       <c r="E441">
@@ -17943,60 +17943,60 @@
       </c>
       <c r="K441">
         <v>5</v>
       </c>
       <c r="L441" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>598</v>
       </c>
       <c r="B442">
         <v>12</v>
       </c>
       <c r="C442" t="s">
         <v>307</v>
       </c>
       <c r="D442" t="s">
         <v>547</v>
       </c>
       <c r="E442">
         <v>16</v>
       </c>
       <c r="F442">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G442">
         <v>56</v>
       </c>
       <c r="H442">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I442">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J442">
         <v>20</v>
       </c>
       <c r="K442">
         <v>10</v>
       </c>
       <c r="L442" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>599</v>
       </c>
       <c r="B443">
         <v>16</v>
       </c>
       <c r="C443" t="s">
         <v>217</v>
       </c>
       <c r="D443" t="s">
         <v>548</v>
       </c>
       <c r="E443">
@@ -18013,60 +18013,60 @@
       </c>
       <c r="I443">
         <v>2</v>
       </c>
       <c r="L443" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>600</v>
       </c>
       <c r="B444">
         <v>20</v>
       </c>
       <c r="C444" t="s">
         <v>15</v>
       </c>
       <c r="D444" t="s">
         <v>77</v>
       </c>
       <c r="E444">
         <v>16</v>
       </c>
       <c r="F444">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G444">
         <v>13</v>
       </c>
       <c r="H444">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I444">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J444">
         <v>2</v>
       </c>
       <c r="K444">
         <v>1</v>
       </c>
       <c r="L444" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>601</v>
       </c>
       <c r="B445">
         <v>21</v>
       </c>
       <c r="C445" t="s">
         <v>200</v>
       </c>
       <c r="D445" t="s">
         <v>549</v>
       </c>
       <c r="E445">
@@ -18165,60 +18165,60 @@
       </c>
       <c r="K447">
         <v>2</v>
       </c>
       <c r="L447" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>604</v>
       </c>
       <c r="B448">
         <v>66</v>
       </c>
       <c r="C448" t="s">
         <v>68</v>
       </c>
       <c r="D448" t="s">
         <v>552</v>
       </c>
       <c r="E448">
         <v>16</v>
       </c>
       <c r="F448">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G448">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H448">
         <v>54</v>
       </c>
       <c r="I448">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J448">
         <v>25</v>
       </c>
       <c r="K448">
         <v>7</v>
       </c>
       <c r="L448" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>605</v>
       </c>
       <c r="B449">
         <v>13</v>
       </c>
       <c r="C449" t="s">
         <v>98</v>
       </c>
       <c r="D449" t="s">
         <v>553</v>
       </c>
       <c r="E449">
@@ -18241,66 +18241,66 @@
       </c>
       <c r="K449">
         <v>2</v>
       </c>
       <c r="L449" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>606</v>
       </c>
       <c r="B450">
         <v>15</v>
       </c>
       <c r="C450" t="s">
         <v>96</v>
       </c>
       <c r="D450" t="s">
         <v>554</v>
       </c>
       <c r="E450">
         <v>16</v>
       </c>
       <c r="F450">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G450">
         <v>18</v>
       </c>
       <c r="H450">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I450">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="J450">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="K450">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L450" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>607</v>
       </c>
       <c r="B451">
         <v>5</v>
       </c>
       <c r="C451" t="s">
         <v>555</v>
       </c>
       <c r="D451" t="s">
         <v>556</v>
       </c>
       <c r="E451">
         <v>16</v>
       </c>
       <c r="F451">
         <v>10</v>
       </c>
       <c r="G451">
@@ -18308,51 +18308,51 @@
       </c>
       <c r="I451">
         <v>2</v>
       </c>
       <c r="L451" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>608</v>
       </c>
       <c r="B452">
         <v>8</v>
       </c>
       <c r="C452" t="s">
         <v>361</v>
       </c>
       <c r="D452" t="s">
         <v>557</v>
       </c>
       <c r="E452">
         <v>16</v>
       </c>
       <c r="F452">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G452">
         <v>13</v>
       </c>
       <c r="H452">
         <v>30</v>
       </c>
       <c r="I452">
         <v>43</v>
       </c>
       <c r="J452">
         <v>16</v>
       </c>
       <c r="K452">
         <v>8</v>
       </c>
       <c r="L452" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>609</v>
       </c>
       <c r="B453">
@@ -18410,60 +18410,60 @@
       </c>
       <c r="I454">
         <v>5</v>
       </c>
       <c r="L454" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>613</v>
       </c>
       <c r="B455">
         <v>62</v>
       </c>
       <c r="C455" t="s">
         <v>42</v>
       </c>
       <c r="D455" t="s">
         <v>559</v>
       </c>
       <c r="E455">
         <v>6</v>
       </c>
       <c r="F455">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G455">
         <v>9</v>
       </c>
       <c r="H455">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I455">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J455">
         <v>16</v>
       </c>
       <c r="K455">
         <v>8</v>
       </c>
       <c r="L455" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>614</v>
       </c>
       <c r="B456">
         <v>4</v>
       </c>
       <c r="C456" t="s">
         <v>58</v>
       </c>
       <c r="D456" t="s">
         <v>268</v>
       </c>
       <c r="E456">
@@ -18486,60 +18486,60 @@
       </c>
       <c r="K456">
         <v>40</v>
       </c>
       <c r="L456" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>615</v>
       </c>
       <c r="B457">
         <v>99</v>
       </c>
       <c r="C457" t="s">
         <v>560</v>
       </c>
       <c r="D457" t="s">
         <v>561</v>
       </c>
       <c r="E457">
         <v>12</v>
       </c>
       <c r="F457">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G457">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H457">
         <v>70</v>
       </c>
       <c r="I457">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J457">
         <v>30</v>
       </c>
       <c r="K457">
         <v>14</v>
       </c>
       <c r="L457" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>616</v>
       </c>
       <c r="B458">
         <v>12</v>
       </c>
       <c r="C458" t="s">
         <v>154</v>
       </c>
       <c r="D458" t="s">
         <v>562</v>
       </c>
       <c r="E458">
@@ -18600,60 +18600,60 @@
       </c>
       <c r="K459">
         <v>3</v>
       </c>
       <c r="L459" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>618</v>
       </c>
       <c r="B460">
         <v>24</v>
       </c>
       <c r="C460" t="s">
         <v>30</v>
       </c>
       <c r="D460" t="s">
         <v>531</v>
       </c>
       <c r="E460">
         <v>11</v>
       </c>
       <c r="F460">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G460">
         <v>25</v>
       </c>
       <c r="H460">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I460">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J460">
         <v>10</v>
       </c>
       <c r="K460">
         <v>4</v>
       </c>
       <c r="L460" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>619</v>
       </c>
       <c r="B461">
         <v>21</v>
       </c>
       <c r="C461" t="s">
         <v>564</v>
       </c>
       <c r="D461" t="s">
         <v>565</v>
       </c>
       <c r="E461">
@@ -18749,98 +18749,98 @@
       </c>
       <c r="K463">
         <v>5</v>
       </c>
       <c r="L463" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
         <v>628</v>
       </c>
       <c r="B464">
         <v>8</v>
       </c>
       <c r="C464" t="s">
         <v>499</v>
       </c>
       <c r="D464" t="s">
         <v>459</v>
       </c>
       <c r="E464">
         <v>7</v>
       </c>
       <c r="F464">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G464">
         <v>5</v>
       </c>
       <c r="H464">
         <v>11</v>
       </c>
       <c r="I464">
         <v>16</v>
       </c>
       <c r="J464">
         <v>6</v>
       </c>
       <c r="K464">
         <v>3</v>
       </c>
       <c r="L464" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
         <v>631</v>
       </c>
       <c r="B465">
         <v>11</v>
       </c>
       <c r="C465" t="s">
         <v>70</v>
       </c>
       <c r="D465" t="s">
         <v>569</v>
       </c>
       <c r="E465">
         <v>11</v>
       </c>
       <c r="F465">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G465">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H465">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I465">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J465">
         <v>28</v>
       </c>
       <c r="K465">
         <v>13</v>
       </c>
       <c r="L465" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>632</v>
       </c>
       <c r="B466">
         <v>12</v>
       </c>
       <c r="C466" t="s">
         <v>307</v>
       </c>
       <c r="D466" t="s">
         <v>528</v>
       </c>
       <c r="E466">
@@ -18863,60 +18863,60 @@
       </c>
       <c r="K466">
         <v>11</v>
       </c>
       <c r="L466" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>633</v>
       </c>
       <c r="B467">
         <v>9</v>
       </c>
       <c r="C467" t="s">
         <v>331</v>
       </c>
       <c r="D467" t="s">
         <v>332</v>
       </c>
       <c r="E467">
         <v>11</v>
       </c>
       <c r="F467">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G467">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H467">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I467">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="J467">
         <v>10</v>
       </c>
       <c r="K467">
         <v>5</v>
       </c>
       <c r="L467" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>635</v>
       </c>
       <c r="C468" t="s">
         <v>570</v>
       </c>
       <c r="D468" t="s">
         <v>524</v>
       </c>
       <c r="E468">
         <v>12</v>
       </c>
       <c r="F468">
@@ -18936,66 +18936,66 @@
       </c>
       <c r="K468">
         <v>5</v>
       </c>
       <c r="L468" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>639</v>
       </c>
       <c r="B469">
         <v>3</v>
       </c>
       <c r="C469" t="s">
         <v>12</v>
       </c>
       <c r="D469" t="s">
         <v>571</v>
       </c>
       <c r="E469">
         <v>5</v>
       </c>
       <c r="F469">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G469">
         <v>4</v>
       </c>
       <c r="H469">
         <v>22</v>
       </c>
       <c r="I469">
         <v>26</v>
       </c>
       <c r="J469">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K469">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L469" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>640</v>
       </c>
       <c r="B470">
         <v>17</v>
       </c>
       <c r="C470" t="s">
         <v>285</v>
       </c>
       <c r="D470" t="s">
         <v>572</v>
       </c>
       <c r="E470">
         <v>16</v>
       </c>
       <c r="F470">
         <v>3</v>
       </c>
       <c r="G470">
@@ -19606,51 +19606,51 @@
       </c>
       <c r="K488">
         <v>1</v>
       </c>
       <c r="L488" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
         <v>672</v>
       </c>
       <c r="B489">
         <v>12</v>
       </c>
       <c r="C489" t="s">
         <v>585</v>
       </c>
       <c r="D489" t="s">
         <v>586</v>
       </c>
       <c r="E489">
         <v>4</v>
       </c>
       <c r="F489">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G489">
         <v>4</v>
       </c>
       <c r="H489">
         <v>10</v>
       </c>
       <c r="I489">
         <v>14</v>
       </c>
       <c r="J489">
         <v>20</v>
       </c>
       <c r="K489">
         <v>9</v>
       </c>
       <c r="L489" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
         <v>673</v>
       </c>
       <c r="B490">
@@ -19752,60 +19752,60 @@
       </c>
       <c r="K492">
         <v>2</v>
       </c>
       <c r="L492" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
         <v>676</v>
       </c>
       <c r="B493">
         <v>27</v>
       </c>
       <c r="C493" t="s">
         <v>285</v>
       </c>
       <c r="D493" t="s">
         <v>572</v>
       </c>
       <c r="E493">
         <v>16</v>
       </c>
       <c r="F493">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G493">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H493">
         <v>54</v>
       </c>
       <c r="I493">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J493">
         <v>14</v>
       </c>
       <c r="K493">
         <v>7</v>
       </c>
       <c r="L493" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
         <v>677</v>
       </c>
       <c r="B494">
         <v>17</v>
       </c>
       <c r="C494" t="s">
         <v>209</v>
       </c>
       <c r="D494" t="s">
         <v>591</v>
       </c>
       <c r="E494">
@@ -19866,66 +19866,66 @@
       </c>
       <c r="K495">
         <v>3</v>
       </c>
       <c r="L495" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
         <v>679</v>
       </c>
       <c r="B496">
         <v>11</v>
       </c>
       <c r="C496" t="s">
         <v>50</v>
       </c>
       <c r="D496" t="s">
         <v>593</v>
       </c>
       <c r="E496">
         <v>16</v>
       </c>
       <c r="F496">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G496">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H496">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I496">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J496">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K496">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L496" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
         <v>680</v>
       </c>
       <c r="B497">
         <v>12</v>
       </c>
       <c r="C497" t="s">
         <v>451</v>
       </c>
       <c r="D497" t="s">
         <v>594</v>
       </c>
       <c r="E497">
         <v>6</v>
       </c>
       <c r="F497">
         <v>33</v>
       </c>
       <c r="G497">
@@ -19942,130 +19942,130 @@
       </c>
       <c r="K497">
         <v>5</v>
       </c>
       <c r="L497" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
         <v>681</v>
       </c>
       <c r="B498">
         <v>77</v>
       </c>
       <c r="C498" t="s">
         <v>229</v>
       </c>
       <c r="D498" t="s">
         <v>595</v>
       </c>
       <c r="E498">
         <v>6</v>
       </c>
       <c r="F498">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G498">
         <v>14</v>
       </c>
       <c r="H498">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I498">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L498" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
         <v>682</v>
       </c>
       <c r="B499">
         <v>15</v>
       </c>
       <c r="C499" t="s">
         <v>596</v>
       </c>
       <c r="D499" t="s">
         <v>597</v>
       </c>
       <c r="E499">
         <v>6</v>
       </c>
       <c r="F499">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G499">
         <v>4</v>
       </c>
       <c r="H499">
         <v>5</v>
       </c>
       <c r="I499">
         <v>9</v>
       </c>
       <c r="J499">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K499">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L499" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
         <v>683</v>
       </c>
       <c r="B500">
         <v>16</v>
       </c>
       <c r="C500" t="s">
         <v>446</v>
       </c>
       <c r="D500" t="s">
         <v>598</v>
       </c>
       <c r="E500">
         <v>11</v>
       </c>
       <c r="F500">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G500">
         <v>27</v>
       </c>
       <c r="H500">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="I500">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="L500" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
         <v>685</v>
       </c>
       <c r="B501">
         <v>12</v>
       </c>
       <c r="C501" t="s">
         <v>164</v>
       </c>
       <c r="D501" t="s">
         <v>520</v>
       </c>
       <c r="E501">
         <v>11</v>
       </c>
       <c r="F501">
         <v>20</v>
       </c>
       <c r="G501">
@@ -20120,89 +20120,89 @@
       </c>
       <c r="K502">
         <v>1</v>
       </c>
       <c r="L502" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
         <v>687</v>
       </c>
       <c r="B503">
         <v>8</v>
       </c>
       <c r="C503" t="s">
         <v>109</v>
       </c>
       <c r="D503" t="s">
         <v>93</v>
       </c>
       <c r="E503">
         <v>5</v>
       </c>
       <c r="F503">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G503">
         <v>17</v>
       </c>
       <c r="H503">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I503">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J503">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="K503">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L503" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
         <v>689</v>
       </c>
       <c r="B504">
         <v>67</v>
       </c>
       <c r="C504" t="s">
         <v>160</v>
       </c>
       <c r="D504" t="s">
         <v>600</v>
       </c>
       <c r="E504">
         <v>6</v>
       </c>
       <c r="F504">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G504">
         <v>17</v>
       </c>
       <c r="H504">
         <v>11</v>
       </c>
       <c r="I504">
         <v>28</v>
       </c>
       <c r="J504">
         <v>16</v>
       </c>
       <c r="K504">
         <v>8</v>
       </c>
       <c r="L504" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
         <v>694</v>
       </c>
       <c r="B505">
@@ -20219,51 +20219,51 @@
       </c>
       <c r="F505">
         <v>3</v>
       </c>
       <c r="L505" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506">
         <v>695</v>
       </c>
       <c r="B506">
         <v>26</v>
       </c>
       <c r="C506" t="s">
         <v>15</v>
       </c>
       <c r="D506" t="s">
         <v>29</v>
       </c>
       <c r="E506">
         <v>7</v>
       </c>
       <c r="F506">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G506">
         <v>3</v>
       </c>
       <c r="H506">
         <v>1</v>
       </c>
       <c r="I506">
         <v>4</v>
       </c>
       <c r="J506">
         <v>6</v>
       </c>
       <c r="K506">
         <v>3</v>
       </c>
       <c r="L506" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507">
         <v>696</v>
       </c>
       <c r="B507">
@@ -20417,51 +20417,51 @@
       </c>
       <c r="I511">
         <v>1</v>
       </c>
       <c r="L511" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512">
         <v>707</v>
       </c>
       <c r="B512">
         <v>25</v>
       </c>
       <c r="C512" t="s">
         <v>605</v>
       </c>
       <c r="D512" t="s">
         <v>606</v>
       </c>
       <c r="E512">
         <v>5</v>
       </c>
       <c r="F512">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G512">
         <v>12</v>
       </c>
       <c r="H512">
         <v>7</v>
       </c>
       <c r="I512">
         <v>19</v>
       </c>
       <c r="L512" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513">
         <v>708</v>
       </c>
       <c r="B513">
         <v>4</v>
       </c>
       <c r="C513" t="s">
         <v>131</v>
       </c>
       <c r="D513" t="s">
@@ -20649,173 +20649,173 @@
       </c>
       <c r="F519">
         <v>2</v>
       </c>
       <c r="L519" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520">
         <v>720</v>
       </c>
       <c r="B520">
         <v>21</v>
       </c>
       <c r="C520" t="s">
         <v>151</v>
       </c>
       <c r="D520" t="s">
         <v>612</v>
       </c>
       <c r="E520">
         <v>4</v>
       </c>
       <c r="F520">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G520">
         <v>3</v>
       </c>
       <c r="I520">
         <v>3</v>
       </c>
       <c r="J520">
         <v>6</v>
       </c>
       <c r="K520">
         <v>3</v>
       </c>
       <c r="L520" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521">
         <v>721</v>
       </c>
       <c r="B521">
         <v>13</v>
       </c>
       <c r="C521" t="s">
         <v>613</v>
       </c>
       <c r="D521" t="s">
         <v>614</v>
       </c>
       <c r="E521">
         <v>12</v>
       </c>
       <c r="F521">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G521">
         <v>13</v>
       </c>
       <c r="H521">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I521">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J521">
         <v>10</v>
       </c>
       <c r="K521">
         <v>5</v>
       </c>
       <c r="L521" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522">
         <v>722</v>
       </c>
       <c r="C522" t="s">
         <v>203</v>
       </c>
       <c r="D522" t="s">
         <v>615</v>
       </c>
       <c r="E522">
         <v>16</v>
       </c>
       <c r="L522" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523">
         <v>723</v>
       </c>
       <c r="B523">
         <v>16</v>
       </c>
       <c r="C523" t="s">
         <v>15</v>
       </c>
       <c r="D523" t="s">
         <v>616</v>
       </c>
       <c r="E523">
         <v>16</v>
       </c>
       <c r="F523">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G523">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H523">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I523">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="L523" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524">
         <v>724</v>
       </c>
       <c r="B524">
         <v>3</v>
       </c>
       <c r="C524" t="s">
         <v>617</v>
       </c>
       <c r="D524" t="s">
         <v>618</v>
       </c>
       <c r="E524">
         <v>4</v>
       </c>
       <c r="F524">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H524">
         <v>3</v>
       </c>
       <c r="I524">
         <v>3</v>
       </c>
       <c r="L524" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525">
         <v>725</v>
       </c>
       <c r="B525">
         <v>1</v>
       </c>
       <c r="C525" t="s">
         <v>203</v>
       </c>
       <c r="D525" t="s">
         <v>591</v>
       </c>
       <c r="E525">
@@ -20852,60 +20852,60 @@
       </c>
       <c r="E526">
         <v>16</v>
       </c>
       <c r="L526" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527">
         <v>727</v>
       </c>
       <c r="B527">
         <v>17</v>
       </c>
       <c r="C527" t="s">
         <v>88</v>
       </c>
       <c r="D527" t="s">
         <v>203</v>
       </c>
       <c r="E527">
         <v>6</v>
       </c>
       <c r="F527">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G527">
         <v>3</v>
       </c>
       <c r="H527">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I527">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J527">
         <v>2</v>
       </c>
       <c r="K527">
         <v>1</v>
       </c>
       <c r="L527" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
         <v>728</v>
       </c>
       <c r="B528">
         <v>18</v>
       </c>
       <c r="C528" t="s">
         <v>94</v>
       </c>
       <c r="D528" t="s">
         <v>59</v>
       </c>
       <c r="E528">
@@ -20928,98 +20928,104 @@
       </c>
       <c r="K528">
         <v>3</v>
       </c>
       <c r="L528" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
         <v>729</v>
       </c>
       <c r="B529">
         <v>12</v>
       </c>
       <c r="C529" t="s">
         <v>620</v>
       </c>
       <c r="D529" t="s">
         <v>621</v>
       </c>
       <c r="E529">
         <v>7</v>
       </c>
       <c r="F529">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G529">
         <v>4</v>
       </c>
       <c r="H529">
         <v>4</v>
       </c>
       <c r="I529">
         <v>8</v>
       </c>
       <c r="J529">
         <v>2</v>
       </c>
       <c r="K529">
         <v>1</v>
       </c>
       <c r="L529" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530">
         <v>730</v>
       </c>
       <c r="B530">
         <v>13</v>
       </c>
       <c r="C530" t="s">
         <v>126</v>
       </c>
       <c r="D530" t="s">
         <v>622</v>
       </c>
       <c r="E530">
         <v>7</v>
       </c>
       <c r="F530">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G530">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H530">
         <v>4</v>
       </c>
       <c r="I530">
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="J530">
+        <v>2</v>
+      </c>
+      <c r="K530">
+        <v>1</v>
       </c>
       <c r="L530" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531">
         <v>733</v>
       </c>
       <c r="B531">
         <v>24</v>
       </c>
       <c r="C531" t="s">
         <v>50</v>
       </c>
       <c r="D531" t="s">
         <v>623</v>
       </c>
       <c r="E531">
         <v>7</v>
       </c>
       <c r="F531">
         <v>11</v>
       </c>
       <c r="G531">
@@ -21030,51 +21036,51 @@
       </c>
       <c r="I531">
         <v>7</v>
       </c>
       <c r="L531" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532">
         <v>734</v>
       </c>
       <c r="B532">
         <v>17</v>
       </c>
       <c r="C532" t="s">
         <v>463</v>
       </c>
       <c r="D532" t="s">
         <v>624</v>
       </c>
       <c r="E532">
         <v>7</v>
       </c>
       <c r="F532">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G532">
         <v>8</v>
       </c>
       <c r="H532">
         <v>4</v>
       </c>
       <c r="I532">
         <v>12</v>
       </c>
       <c r="J532">
         <v>2</v>
       </c>
       <c r="K532">
         <v>1</v>
       </c>
       <c r="L532" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533">
         <v>735</v>
       </c>
       <c r="B533">
@@ -21097,153 +21103,153 @@
       </c>
       <c r="I533">
         <v>1</v>
       </c>
       <c r="L533" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534">
         <v>740</v>
       </c>
       <c r="B534">
         <v>19</v>
       </c>
       <c r="C534" t="s">
         <v>626</v>
       </c>
       <c r="D534" t="s">
         <v>627</v>
       </c>
       <c r="E534">
         <v>5</v>
       </c>
       <c r="F534">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G534">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H534">
         <v>7</v>
       </c>
       <c r="I534">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="L534" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535">
         <v>741</v>
       </c>
       <c r="B535">
         <v>13</v>
       </c>
       <c r="C535" t="s">
         <v>92</v>
       </c>
       <c r="D535" t="s">
         <v>333</v>
       </c>
       <c r="E535">
         <v>4</v>
       </c>
       <c r="F535">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G535">
         <v>1</v>
       </c>
       <c r="H535">
         <v>2</v>
       </c>
       <c r="I535">
         <v>3</v>
       </c>
       <c r="L535" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536">
         <v>742</v>
       </c>
       <c r="B536">
         <v>19</v>
       </c>
       <c r="C536" t="s">
         <v>126</v>
       </c>
       <c r="D536" t="s">
         <v>628</v>
       </c>
       <c r="E536">
         <v>6</v>
       </c>
       <c r="F536">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G536">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H536">
         <v>5</v>
       </c>
       <c r="I536">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J536">
         <v>4</v>
       </c>
       <c r="K536">
         <v>2</v>
       </c>
       <c r="L536" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="537" spans="1:12">
       <c r="A537">
         <v>744</v>
       </c>
       <c r="B537">
         <v>16</v>
       </c>
       <c r="C537" t="s">
         <v>38</v>
       </c>
       <c r="D537" t="s">
         <v>39</v>
       </c>
       <c r="E537">
         <v>7</v>
       </c>
       <c r="F537">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G537">
         <v>1</v>
       </c>
       <c r="H537">
         <v>3</v>
       </c>
       <c r="I537">
         <v>4</v>
       </c>
       <c r="L537" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="538" spans="1:12">
       <c r="A538">
         <v>745</v>
       </c>
       <c r="B538">
         <v>20</v>
       </c>
       <c r="C538" t="s">
         <v>309</v>
       </c>
       <c r="D538" t="s">